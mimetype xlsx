--- v0 (2025-11-03)
+++ v1 (2026-02-27)
@@ -3615,51 +3615,51 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:F6"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E4" sqref="E4"/>
+      <selection activeCell="F6" sqref="F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.75" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="25" customWidth="1"/>
     <col min="2" max="5" width="12.7109375" style="25" customWidth="1"/>
     <col min="6" max="6" width="2.7109375" style="25" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" style="25" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="50.1" customHeight="1">
       <c r="A1" s="27" t="s">
         <v>86</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="28"/>
     </row>
     <row r="2" spans="1:6" s="36" customFormat="1" ht="18" customHeight="1">
       <c r="A2" s="37" t="s">
         <v>78</v>
       </c>
       <c r="B2" s="34" t="s">
@@ -3677,67 +3677,71 @@
       </c>
       <c r="C3" s="30" t="s">
         <v>83</v>
       </c>
       <c r="D3" s="30" t="s">
         <v>84</v>
       </c>
       <c r="E3" s="30" t="s">
         <v>85</v>
       </c>
       <c r="F3" s="35"/>
     </row>
     <row r="4" spans="1:6" s="26" customFormat="1" ht="33" customHeight="1">
       <c r="A4" s="31" t="s">
         <v>80</v>
       </c>
       <c r="B4" s="32">
         <v>551</v>
       </c>
       <c r="C4" s="33">
         <v>484</v>
       </c>
       <c r="D4" s="32">
         <v>473</v>
       </c>
-      <c r="E4" s="32"/>
+      <c r="E4" s="32">
+        <v>512</v>
+      </c>
       <c r="F4" s="29"/>
     </row>
     <row r="5" spans="1:6" s="26" customFormat="1" ht="33" customHeight="1">
       <c r="A5" s="31" t="s">
         <v>81</v>
       </c>
       <c r="B5" s="33">
         <v>632</v>
       </c>
       <c r="C5" s="33">
         <v>548</v>
       </c>
       <c r="D5" s="32">
         <v>546</v>
       </c>
-      <c r="E5" s="32"/>
+      <c r="E5" s="32">
+        <v>544</v>
+      </c>
       <c r="F5" s="29"/>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="28"/>
       <c r="B6" s="28"/>
       <c r="C6" s="28"/>
       <c r="D6" s="28"/>
       <c r="E6" s="28"/>
       <c r="F6" s="28"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:A3"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.78740157480314965" right="0.39370078740157483" top="0.78740157480314965" bottom="0.78740157480314965" header="0.27559055118110237" footer="0.19685039370078741"/>
   <pageSetup paperSize="9" scale="97" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:K83"/>
   <sheetViews>