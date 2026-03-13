--- v0 (2026-01-02)
+++ v1 (2026-03-13)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00213052" w:rsidRDefault="00213052" w:rsidP="002C25E8">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="mw-headline"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rStyle w:val="mw-headline"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
@@ -61,240 +61,240 @@
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="mw-headline"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rStyle w:val="mw-headline"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ДЛЯ ВІДШКОДУВАННЯ ВИТРАТ НА ОПЛАТУ ЖИТЛОВО-КОМУНАЛЬНИХ ПОСЛУГ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rStyle w:val="mw-headline"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Нормативна база</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00213052" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="007B12E5" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidR="00700B8D" w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Положення про порядок призначення житлових субсидій, затверджене постановою Кабінету Міністрів України від 21 жовтня 1995 р. № 848 "Про спрощення порядку надання населенню субсидій для відшкодування витрат на оплату житлово-комунальних послуг, придбання скрапленого газу, твердого та рідкого пічного побутового палива" (в редакції постанови Кабінету Міністрів України від 19 травня 2021 року № 505) (далі - Положення)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00213052" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="007B12E5" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00700B8D" w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Постанова Кабінету Міністрів України від 27 липня 1998 року № 1156 "Про новий розмір витрат на оплату житлово-комунальних послуг, придбання скрапленого газу, твердого та рідкого пічного побутового палива у разі надання житлової субсидії"</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00213052" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="007B12E5" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:anchor="n15" w:history="1">
         <w:r w:rsidR="00700B8D" w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Порядок обчислення середньомісячного сукупного доходу сім’ї (домогосподарства) для усіх видів державної соціальної допомоги, затверджений постановою Кабінету Міністрів України від 22 липня 2020 року № 632</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00213052" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="007B12E5" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:anchor="Text" w:history="1">
         <w:r w:rsidR="00700B8D" w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Постанова Кабінету Міністрів України від 19 травня 2021 року № 505 "Деякі питання призначення житлових субсидій"</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00213052" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="007B12E5" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:anchor="Text" w:history="1">
         <w:r w:rsidR="00700B8D" w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Постанова Кабінету Міністрів України від 19 квітня 2022 року №462 «Деякі питання надання пільг та житлових субсидій в умовах воєнного стану»</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="240" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rStyle w:val="mw-headline"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Витрати, які відшкодовуються за рахунок субсидії</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00213052">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
@@ -324,78 +324,78 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>безповоротна адресна державна соціальна допомога вразливим споживачам житлово-комунальних послуг-мешканцям домогосподарств, що проживають в житлових приміщеннях (будинках) і не можуть самотужки платити за житлово-комунальні послуги, оплачувати витрати на управління багатоквартирним будинком, витрати на комунальні послуги, витрати на придбання скрапленого газу, твердого та рідкого пічного побутового палива в такому будинку.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Види житлової субсидії:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="384"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="380" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>щомісячної житлової субсидії на оплату абонентського обслуговування для споживачів комунальних послуг, що надаються за індивідуальними договорами про надання комунальних послуг або за індивідуальними договорами з обслуговуванням внутрішньобудинкових систем про надання комунальних послуг, а також житлово-комунальних послуг, а саме:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -408,85 +408,85 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>- житлової послуги - послуги з управління багатоквартирним будинком;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>- комунальних послуг - послуг з постачання та розподілу природного газу, постачання та розподілу електричної енергії, постачання теплової енергії, постачання гарячої води, централізованого водопостачання, централізованого водовідведення, поводження з побутовими відходами;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">щомісячної житлової субсидії на оплату абонентського обслуговування для споживачів комунальних послуг, що надаються за індивідуальними договорами про </w:t>
+        <w:t xml:space="preserve">щомісячної житлової субсидії на оплату абонентського обслуговування для споживачів комунальних послуг, що надаються за індивідуальними договорами про надання комунальних послуг або за індивідуальними договорами з обслуговуванням внутрішньобудинкових систем про надання комунальних послуг, а також витрат на управління багатоквартирним будинком, в якому створено об’єднання співвласників </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>надання комунальних послуг або за індивідуальними договорами з обслуговуванням внутрішньобудинкових систем про надання комунальних послуг, а також витрат на управління багатоквартирним будинком, в якому створено об’єднання співвласників багатоквартирного будинку, житлово-будівельний (житловий) кооператив (далі - об’єднання), та витрат на комунальні послуги в такому будинку;</w:t>
+        <w:t>багатоквартирного будинку, житлово-будівельний (житловий) кооператив (далі - об’єднання), та витрат на комунальні послуги в такому будинку;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -659,231 +659,221 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Громадяни України, іноземці та особи без громадянства, які на законних підставах перебувають на території України, що проживають у житлових приміщеннях (будинках) (пункт 4 </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Положення</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Субсидія призначається:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>одній із зареєстрованих у житловому приміщенні (будинку) осіб;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>особі, яка не зареєстрована, але фактично проживає у житловому приміщенні (будинку) на підставі договору найму (оренди) житла, за рішенням суду, або індивідуальним забудовникам, будинки яких не прийняті в експлуатацію, якщо нараховується плата за житлово-комунальні послуги (до заяви додаються відповідні документи, що підтверджують проживання за фактичною адресою домогосподарства);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>особі, яка не зареєстрована, але фактично проживає у житловому приміщенні (будинку) без укладення договору найму (оренди) житла, у разі коли вона є внутрішньо переміщеною (до заяви додаються відповідні документи, що підтверджують проживання за фактичною адресою домогосподарства);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">неповнолітнім дітям, які залишились без батьківської опіки (піклування), або недієздатним особам працездатного віку, над якими встановлено опіку (за заявою опікуна (піклувальника) і розраховується виходячи з розміру пенсії у зв'язку з </w:t>
-[...9 lines deleted...]
-        <w:t>втратою годувальника та інших соціальних виплат, які отримує опікун (піклувальник) на підопічних дітей та недієздатних осіб.</w:t>
+        <w:t>неповнолітнім дітям, які залишились без батьківської опіки (піклування), або недієздатним особам працездатного віку, над якими встановлено опіку (за заявою опікуна (піклувальника) і розраховується виходячи з розміру пенсії у зв'язку з втратою годувальника та інших соціальних виплат, які отримує опікун (піклувальник) на підопічних дітей та недієздатних осіб.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9673"/>
+        <w:gridCol w:w="10183"/>
       </w:tblGrid>
       <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="00700B8D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Важливо!</w:t>
             </w:r>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -929,50 +919,51 @@
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rStyle w:val="mw-headline"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Куди звернутись</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00213052">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Контроль за правильністю призначення і виплати житлових субсидій здійснює Нацсоцслужба та її територіальні органи.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
@@ -990,78 +981,78 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Призначення житлових субсидій здійснюється:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>починаючи з 1 грудня 2022 року - органами Пенсійного фонду України (далі – уповноважені органи).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00213052">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="24"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Заяви про призначення та надання житлової субсидії за формою згідно з додатком 1 (далі - заява) з необхідними документами та/або відомостями приймаються від громадян:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>органами Пенсійного фонду України починаючи з 1 грудня 2022 р., у тому числі у разі надіслання їх поштою або в електронній формі (через веб-портал електронних послуг Пенсійного фонду України, мобільний додаток Пенсійного фонду України, засобами Порталу Дія).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
@@ -1187,128 +1178,153 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Житлова субсидія розраховується на всіх членів домогосподарства.</w:t>
       </w:r>
       <w:r w:rsidR="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>До</w:t>
       </w:r>
+      <w:r w:rsidR="00213052">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213052">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>складу</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00213052">
-[...12 lines deleted...]
-        <w:t>складу домогосподарства включаються всі особи, що зареєстровані в житловому приміщенні (будинку) (для орендарів, внутрішньо переміщених осіб - особи, які фактично проживають). На таких осіб розраховуються соціальні норми житла та соціальні нормативи житлово-комунального обслуговування і їх доходи враховуються під час призначення житлової субсидії (пункт 24</w:t>
+      <w:r w:rsidRPr="00213052">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> домогосподарства включаються всі особи, що зареєстровані в житловому приміщенні (будинку) (для орендарів, внутрішньо переміщених осіб - особи, які фактично проживають). На таких осіб розраховуються соціальні норми житла та соціальні нормативи житлово-комунального обслуговування і їх доходи враховуються під час призначення житлової субсидії (пункт 24</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Положення</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t>Під час призначення житлової субсидії враховуються також доходи членів сім’ї особи із складу домогосподарства у разі, коли їх зареєстроване (фактичне) місце проживання відмінне від адреси домогосподарства (крім доходів одного з подружжя, якщо обом більше 60 років і вони проживають у сільській місцевості або селищах міського типу, доходів батьків у разі призначення субсидії студентам, які зареєстровані у гуртожитку за місцем навчання, та доходів одного з батьків дитини у разі призначення субсидії другому з батьків з дитиною у разі, коли батьки розлучені або не перебували у шлюбі, а також осіб, які вважаються безвісно відсутніми за рішенням суду або мають правовий статус осіб, зниклих безвісти). При цьому соціальні норми житла та соціальні нормативи житлово-комунального обслуговування за адресою домогосподарства на таких осіб не розраховуються.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32687" w:rsidRDefault="00F32687">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213052">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Під час призначення житлової субсидії враховуються також доходи членів сім’ї особи із складу домогосподарства у разі, коли їх зареєстроване (фактичне) місце проживання відмінне від адреси домогосподарства (крім доходів одного з подружжя, якщо обом більше 60 років і вони проживають у сільській місцевості або селищах міського типу, доходів батьків у разі призначення субсидії студентам, які зареєстровані у гуртожитку за місцем навчання, та доходів одного з батьків дитини у разі призначення субсидії другому з батьків з дитиною у разі, коли батьки розлучені або не перебували у шлюбі, а також осіб, які вважаються безвісно відсутніми за рішенням суду або мають правовий статус осіб, зниклих безвісти). При цьому соціальні норми житла та соціальні нормативи житлово-комунального обслуговування за адресою домогосподарства на таких осіб не розраховуються.</w:t>
-[...17 lines deleted...]
-        </w:rPr>
         <w:t>Під час призначення житлової субсидії соціальні норми житла та соціальні нормативи житлово-комунального обслуговування розраховуються на членів домогосподарства, які зареєстровані в житловому приміщенні (будинку), але фактично в ньому не проживають у зв’язку з призовом на строкову військову службу. При цьому фактичні доходи таких осіб не враховуються в сукупний дохід домогосподарства.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Кількість членів домогосподарства визначається на початок місяця, з якого призначається житлова субсидія.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
@@ -1379,304 +1395,311 @@
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Для підтвердження відсутності осіб, що зареєстровані, але фактично не проживають у приміщенні, особа, яка звернулася для отримання житлової субсидії може надати відповідні документи (</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>довідки, що підтверджують місце перебування особи на території іншої адміністративно-територіальної одиниці у зв'язку з роботою, лікуванням, навчанням, довготривалим відрядженням, відбуванням покарання, довідки про оплату житлово-комунальних послуг в іншому житловому приміщенні, акти обстеження матеріально-побутових умов домогосподарства селищної, сільської або міської ради, акти житлово-експлуатаційних організацій про фактично проживаючих осіб, договори оренди житла в іншому місці</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
-[...11 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213052">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
         <w:t>Громадянин, якому призначено житлову субсидію, зобов’язаний протягом 30 календарних днів поінформувати уповноважений орган про виникнення обставин, зокрема щодо:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>зміни складу зареєстрованих у житловому приміщенні (будинку) членів домогосподарств;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>зміни соціального статусу членів домогосподарства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>зміни у складі сім’ї члена домогосподарства;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>зміни переліку отримуваних житлово-комунальних послуг, умов їх надання;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>зміни управителя, виконавця комунальних послуг (крім випадків, коли інформація про зміну надається виконавцем послуги), створення об’єднання;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>настання умов, зазначених у підпунктах 2, 4, 8-10 пункту 14 цього Положення;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>отримання ним або членом сім’ї особи із складу домогосподарства одноразово доходу у сумі, що перевищує 25-кратний розмір прожиткового мінімуму, встановленого для працездатних осіб (крім цільової благодійної допомоги, що надається на здобуття освіти, отримання медичних послуг, подолання наслідків стихійного лиха, аварій, епідемій та епізоотій загальнодержавного або місцевого характеру, екологічних, техногенних та інших катастроф у місцевостях, оголошених зонами надзвичайної екологічної ситуації; страхових виплат на медичну та соціальну допомогу; спадщини у вигляді нерухомого майна або основної його частини; гранту або стипендії на навчання);</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+        <w:t xml:space="preserve">отримання ним або членом сім’ї особи із складу домогосподарства одноразово доходу у сумі, що перевищує 25-кратний розмір прожиткового мінімуму, встановленого для працездатних осіб (крім цільової благодійної допомоги, що надається на здобуття освіти, отримання медичних послуг, подолання наслідків стихійного лиха, аварій, епідемій та епізоотій загальнодержавного або місцевого характеру, екологічних, техногенних та інших катастроф у місцевостях, оголошених зонами надзвичайної </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00213052">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>екологічної ситуації; страхових виплат на медичну та соціальну допомогу; спадщини у вигляді нерухомого майна або основної його частини; гранту або стипендії на навчання);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>настання умов, за яких втрачається право на отримання субсидії на понаднормову площу житла.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00F32687" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
-          <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00213052">
-[...3 lines deleted...]
-          <w:sz w:val="22"/>
+      <w:r w:rsidRPr="00F32687">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Норми цього пункту не застосовуються в період дії воєнного стану в Україні на території адміністративно-територіальних одиниць, визначених у переліку адміністративно-територіальних одиниць, на території яких платникам єдиного внеску на загальнообов’язкове державне соціальне страхування, які перебувають на обліку на відповідній території, може надаватися допомога в рамках Програми “єПідтримка”, затвердженому розпорядженням Кабінету Міністрів України від 6 березня 2022 р. № 204. Громадяни, яким призначено житлову субсидію, зобов’язані повідомити про обставини, передбачені цим пунктом, протягом місяця після припинення (скасування) воєнного стану в Україні.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -1750,51 +1773,51 @@
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00213052">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="0645AD"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2897558" cy="2066925"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="https://wiki.legalaid.gov.ua/images/thumb/9/97/%D0%96%D0%B8%D1%82%D0%BB%D0%BE%D0%B2%D0%B0_%D1%81%D1%83%D0%B1%D1%81%D0%B8%D0%B4%D1%96%D1%8F.jpg/300px-%D0%96%D0%B8%D1%82%D0%BB%D0%BE%D0%B2%D0%B0_%D1%81%D1%83%D0%B1%D1%81%D0%B8%D0%B4%D1%96%D1%8F.jpg">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId18"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="https://wiki.legalaid.gov.ua/images/thumb/9/97/%D0%96%D0%B8%D1%82%D0%BB%D0%BE%D0%B2%D0%B0_%D1%81%D1%83%D0%B1%D1%81%D0%B8%D0%B4%D1%96%D1%8F.jpg/300px-%D0%96%D0%B8%D1%82%D0%BB%D0%BE%D0%B2%D0%B0_%D1%81%D1%83%D0%B1%D1%81%D0%B8%D0%B4%D1%96%D1%8F.jpg">
                       <a:hlinkClick r:id="rId18"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId19">
                       <a:extLst>
@@ -1866,309 +1889,308 @@
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rStyle w:val="mw-headline"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Перелік та зразки необхідних документів</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Для призначення субсидії громадянин, особа якого посвідчується паспортом або іншим документом, подає </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="768"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>паспорт або інший документ, що посвідчує особу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00213052" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="007B12E5" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="768"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:anchor="n1450" w:history="1">
         <w:r w:rsidR="00700B8D" w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>заяву про призначення та надання житлової субсидії</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00700B8D" w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00213052" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="007B12E5" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="768"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId21" w:anchor="n1450" w:history="1">
         <w:r w:rsidR="00700B8D" w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>декларацію про доходи і витрати осіб, які звернулися за призначенням житлової субсидії</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00700B8D" w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="768"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>довідки про доходи;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="768"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>копію договору про реструктуризацію заборгованості з оплати житлово-комунальних послуг (</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>за наявності</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="768"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>договір найму (оренди) житла (</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>за наявності</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="768"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>інші документи, які прямо не передбачені, але відповідно до</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2231,229 +2253,230 @@
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Під час прийому документів для призначення житлової субсидії </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>забороняється вимагати від громадян документи</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>, подання яких не передбачено законодавством (пункт 48 </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Положення</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00213052">
+    <w:p w:rsidR="00F32687" w:rsidRDefault="00700B8D" w:rsidP="00213052">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>Громадянин, який звернувся за призначенням житлової субсидії, має право надавати додаткові документи, що не передбачені цим Положенням, але необхідні для прийняття об’єктивного рішення. Громадянин несе відповідальність за подані відомості в заяві, декларації, інших документах, що вплинули на встановлення права на призначення житлової субсидії та на визначення її розміру (пункт 49 </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Положення</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Відповідні документи можуть бути надані:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>поштою;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>в електронній формі (з накладення </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:tooltip="Порядок отримання кваліфікованого електронного підпису" w:history="1">
         <w:r w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="0645AD"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>електронного підпису</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>надано особисто в Центрі надання адміністративних послуг.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
@@ -2467,75 +2490,75 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>У разі отримання надісланих з використанням засобів телекомунікаційних систем заяви та декларації, в яких відсутній кваліфікований електронний підпис із застосуванням електронної системи ідентифікації, що використовує базу клієнтських даних банків, житлова субсидія призначається лише після підписання заявником зазначених документів у паперовій формі протягом місяця з дня подання заяви та декларації в електронній формі, зокрема під час складання акта обстеження матеріально-побутових умов домогосподарства/фактичного місця проживання особи.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9673"/>
+        <w:gridCol w:w="10183"/>
       </w:tblGrid>
       <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="00700B8D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
             <w:tcMar>
               <w:top w:w="48" w:type="dxa"/>
               <w:left w:w="96" w:type="dxa"/>
               <w:bottom w:w="48" w:type="dxa"/>
               <w:right w:w="96" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00213052" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="007B12E5" w:rsidP="00F32687">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidR="00700B8D" w:rsidRPr="00213052">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                   <w:color w:val="3366BB"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>Інформація про стан субсидії в домогосподарстві за даними Єдиного державного реєстру отримувачів субсидій Міністерства соціальної політики</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -2596,59 +2619,51 @@
         <w:t>призначення/непризначення субсидії, відмову у призначенні субсидії, поданні документів на розгляд комісії</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> приймається протягом </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>10 днів</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> після подання заяви та отримання відомостей від органів (установ, організацій) щодо доходів </w:t>
-[...7 lines deleted...]
-        <w:t>заявника, складу зареєстрованих у житлових приміщеннях осіб, забезпеченість громадян житловою площею та комунальними послугами тощо та повідомляється заявнику </w:t>
+        <w:t> після подання заяви та отримання відомостей від органів (установ, організацій) щодо доходів заявника, складу зареєстрованих у житлових приміщеннях осіб, забезпеченість громадян житловою площею та комунальними послугами тощо та повідомляється заявнику </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>протягом 3 днів</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> з дня прийняття такого рішення (пункт 60 </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
@@ -2662,167 +2677,192 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="004047EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Уповноважений орган повідомляє заявнику про прийняте рішення протягом трьох календарних днів з дня його прийняття. При цьому самостійно обирає форму такого повідомлення (в паперовому або електронному (за наявності адреси електронної пошти) вигляді та спосіб для повідомлення (особиста бесіда, поштовий зв’язок, смс-повідомлення, електроні засоби зв’язку, електронна пошта (за наявності), повідомлення через Портал Дія).</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00F32687" w:rsidRDefault="00F32687">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="mw-headline"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="mw-headline"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rStyle w:val="mw-headline"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Період дії субсидії</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00213052">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:ind w:firstLine="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="202122"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>Житлова субсидія на оплату житлово-комунальних послуг, витрат на управління багатоквартирним будинком призначається з місяця звернення за її призначенням до дати закінчення опалювального сезону і розраховується:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>на неопалювальний сезон — з 1 травня по 30 вересня;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>на опалювальний сезон — з 1 жовтня по 30 квітня;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>для домогосподарств, які використовують природний газ або електричну енергію для індивідуального опалення, субсидія на опалювальний сезон — з 16 жовтня по 15 квітня включно (пункт 69</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3061,106 +3101,143 @@
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> - соціальні нормативи з оплати комунальних послуг, які встановлені Кабінетом Міністрів України;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>у разі відсутності засобів обліку</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> - норми споживання комунальних послуг, які встановлені органами місцевого самоврядування або іншими уповноваженими органами (пункт 99 </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
         <w:r w:rsidRPr="00213052">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
             <w:color w:val="3366BB"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Положення</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="202122"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
+    <w:p w:rsidR="00F32687" w:rsidRDefault="00F32687">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="mw-headline"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="mw-headline"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="2"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="240" w:beforeAutospacing="0" w:after="60" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rStyle w:val="mw-headline"/>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:bCs w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Випадки, коли субсидія не призначається</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Випадк</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00213052">
+        <w:rPr>
+          <w:rStyle w:val="mw-headline"/>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
+          <w:bCs w:val="0"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и, коли субсидія не призначається</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="00213052" w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="uk-UA"/>
@@ -3219,105 +3296,105 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="00213052" w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>будь-хто із складу домогосподарства або член сім’ї особи із складу домогосподарства має у власності:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>транспортний засіб, що підлягає державній реєстрації, з року випуску якого минуло </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>менше 5 років</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t> (крім мопеда і причепа);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>більше ніж один транспортний засіб, що підлягає державній реєстрації, з року випуску якого минуло </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
@@ -3351,509 +3428,493 @@
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>При цьому не враховуються мотоцикли, вартість яких на дату набуття права власності не перевищує чотирьох розмірів мінімальної заробітної плати, встановленої на 1 січня року, з якого призначається субсидія, самостійно зібрані транспортні засоби, транспортні засоби, одержані безоплатно чи придбані на пільгових умовах через структурні підрозділи з питань соціального захисту населення, у тому числі за рахунок грошової допомоги на придбання автомобіля, а також транспортні засоби, придбані батьками-вихователями дитячих будинків сімейного типу.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>3. у складі домогосподарства або у складі сім’ї члена домогосподарства є особи, які досягли 18-річного віку станом на початок періоду, за який враховуються доходи для призначення житлової субсидії (далі - особи, доходи яких враховуються під час призначення житлової субсидії), і в цьому періоді:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>за інформацією ДПС, Пенсійного фонду України, у них взагалі відсутні доходи, які враховуються під час призначення житлової субсидії; або</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>нарахований середньомісячний сукупний дохід менше ніж розмір мінімальної заробітної плати, встановленої на початок періоду, за який враховуються доходи для призначення житлової субсидії; та/або</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ними або за них не сплачено єдиний внесок на загальнообов’язкове державне соціальне страхування у розмірі, не меншому від мінімального, сумарно протягом трьох місяців у періоді, за який враховуються доходи для призначення житлової субсидії (крім військовослужбовців, а також осіб, стосовно яких наявна заборгованість роботодавця із сплати єдиного внеску на загальнообов’язкове </w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+        <w:t>ними або за них не сплачено єдиний внесок на загальнообов’язкове державне соціальне страхування у розмірі, не меншому від мінімального, сумарно протягом трьох місяців у періоді, за який враховуються доходи для призначення житлової субсидії (крім військовослужбовців, а також осіб, стосовно яких наявна заборгованість роботодавця із сплати єдиного внеску на загальнообов’язкове державне соціальне страхування, або осіб, які відповідно до законодавства звільнені від сплати єдиного внеску на загальнообов’язкове державне соціальне страхування); або</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>такі особи перебували за кордоном сукупно більше 60 днів (крім випадків, зазначених в абзацах дев’ятому - одинадцятому цього підпункту). До 60-денного періоду перебування за кордоном не включаються дні службового відрядження, лікування, навчання або догляду за дитиною до досягнення нею трирічного віку за кордоном, що підтверджується відповідними документами.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Житлові субсидії у випадках, передбачених абзацами першим - п’ятим цього підпункту, призначаються, якщо особи, доходи яких враховуються під час призначення житлової субсидії, протягом такого періоду не менше місяця:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">навчалися за денною формою навчання </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>у закладах</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> загальної середньої освіти, професійної (професійно-технічної) освіти, фахової передвищої освіти, вищої освіти або зареєстровані у службі зайнятості як безробітні;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>отримували хоча б один із таких видів доходу, як пенсія, стипендія, допомога при народженні (усиновленні) дитини, допомога особам з інвалідністю з дитинства та дітям з інвалідністю, допомога по догляду за особами з інвалідністю I і II групи внаслідок психічного розладу, допомога особам, які не мають права на пенсію, та особам з інвалідністю, тимчасова державна соціальна допомога непрацюючій особі, яка досягла загального пенсійного віку, але не набула права на пенсійну виплату, допомога по безробіттю, допомога по частковому безробіттю на період карантину, встановленого Кабінетом Міністрів України з метою запобігання поширенню на території України гострої респіраторної хвороби COVID-19, спричиненої коронавірусом SARS-CoV-2, відповідно до статті 47-1 Закону України “Про зайнятість населення”;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>надавали соціальні послуги, перебували у місцях позбавлення або обмеження волі, або до них застосовувалися заходи забезпечення кримінального провадження у вигляді відсторонення від роботи (посади), застосовувалися запобіжні заходи у вигляді домашнього арешту або тримання під вартою, а також перебували у складних життєвих обставинах, викликаних інвалідністю, тривалою хворобою, що підтверджується висновком лікарсько-консультативної комісії закладу охорони здоров’я встановленого зразка, алко- або наркозалежністю, що підтверджується висновком лікарсько-консультативної комісії закладу охорони здоров’я, який забезпечує надання первинної медичної допомоги, на підставі довідки встановленого зразка закладу охорони здоров’я, що провадить діяльність з надання наркологічної допомоги населенню, в якому особа перебувала на диспансерному обліку (далі - складні життєві обставини), або перебували у відпустці без збереження заробітної плати, якщо дитина потребує домашнього догляду, відповідно до пункту 3 частини першої статті 25 Закону України “Про відпустки”;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Житлові субсидії у випадках, передбачених абзацами першим - п’ятим цього підпункту, також призначаються, якщо особи, доходи яких враховуються під час призначення житлової субсидії сплатили (за них сплачено) єдиний внесок на загальнообов’язкове державне соціальне страхування у розмірі, не меншому ніж мінімальний, протягом кварталу, що передує кварталу перед місяцем звернення за призначенням житлової субсидії або перед місяцем, у якому житлова субсидія </w:t>
-[...7 lines deleted...]
-        <w:t>призначається без звернення громадянина. Водночас особі, яка працює за строковим трудовим договором, житлову субсидію може бути призначено лише у разі, коли строк дії строкового трудового договору є більшим, ніж строк, на який призначається житлова субсидія.</w:t>
+        <w:t>Житлові субсидії у випадках, передбачених абзацами першим - п’ятим цього підпункту, також призначаються, якщо особи, доходи яких враховуються під час призначення житлової субсидії сплатили (за них сплачено) єдиний внесок на загальнообов’язкове державне соціальне страхування у розмірі, не меншому ніж мінімальний, протягом кварталу, що передує кварталу перед місяцем звернення за призначенням житлової субсидії або перед місяцем, у якому житлова субсидія призначається без звернення громадянина. Водночас особі, яка працює за строковим трудовим договором, житлову субсидію може бути призначено лише у разі, коли строк дії строкового трудового договору є більшим, ніж строк, на який призначається житлова субсидія.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>4.    будь-хто із складу домогосподарства або член сім’ї особи із складу домогосподарства протягом </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>12 місяців перед</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> зверненням за призначенням житлової субсидії, призначенням житлової субсидії без звернення здійснив на суму, яка на дату проведення операції перевищує 50 тис. гривень:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>купівлю земельної ділянки, квартири (будинку), іншого нерухомого майна, транспортного засобу (механізму), цінних паперів та інших фінансових інструментів тощо;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>платіж (платежі), що випливає з правочинів, за якими передбачено набуття майнових прав на нерухоме майно та/або транспортні засоби (механізми) (крім об’єктів спадщини та дарування);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>внески до статутного (складеного) капіталу товариства, підприємства, організації;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>благодійну діяльність (виключно у вигляді сплати коштів);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="24" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="384"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>надання поворотної/безповоротної фінансової допомоги, позики та інше.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Житлові субсидії призначаються у разі купівлі квартири (будинку) протягом шести місяців після продажу іншої квартири (будинку), що були єдиним житловим приміщенням у власності особи, на підставі підтвердних документів, і доходи від такого продажу не враховуються у сукупний дохід домогосподарства.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>5.    наявна прострочена </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>понад три місяці</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
@@ -3872,899 +3933,801 @@
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> і загальна сума якої перевищує </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>40 неоподаткованих мінімумів доходів громадян</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> (680 гривень) на день звернення для призначення субсидії (крім заборгованості за послугу з постачання та розподілу природного газу, що нарахована виконавцем комунальної послуги з посиланням на рішення суду щодо норм споживання природного газу побутовими споживачами у разі відсутності лічильників газу та у зв’язку з приведенням об’ємів використаного природного газу побутовими споживачами до стандартних умов);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>6.    не повернуто надміру перераховану суму житлової субсидії за попередні періоди її одержання на вимогу управління праці та соціального захисту населення або не сплачуються суми до її повернення;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>7.    у складі сім'ї є особи, які мають заборгованість за виконавчими провадженнями про стягнення аліментів </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>понад 3 місяці</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t> (крім осіб, які вважаються безвісно відсутніми за рішенням суду або мають правовий статус осіб, зниклих безвісти, осіб, які є алко- або наркозалежними, що підтверджується довідкою від лікаря, осіб, до яких застосовуються заходи забезпечення кримінального провадження у вигляді відсторонення від роботи (посади), осіб, до яких застосовуються запобіжні заходи у вигляді домашнього арешту або тримання під вартою);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00213052">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>8.    будь-хто із складу домогосподарства або член сім’ї особи із складу домогосподарства має у власності більше ніж одне житлове приміщення (квартиру, будинок), крім житла, яке належить на правах спільної сумісної або часткової власності, розташованого в сільській місцевості, на тимчасово окупованій території у Донецькій та Луганській областях, Автономній Республіці Крим і м. Севастополі, у населених пунктах, на території яких органи державної влади тимчасово не здійснюють своїх повноважень, та у населених пунктах, що розташовані на лінії зіткнення, або житла, непридатного для проживання, що підтверджено актом обстеження технічного стану житлового приміщення (будинку, квартири), а також житла, отриманого дитиною-сиротою, дитиною, позбавленою батьківського піклування, особою з їх числа за рахунок державного чи місцевого бюджету, житлових приміщень у гуртожитках;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00F32687">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:spacing w:before="120" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>9.    будь-хто із складу домогосподарства або член сім’ї особи із складу домогосподарства на 1 число місяця, з якого призначається житлова субсидія, має на депозитному банківському рахунку (рахунках) кошти у сумі, що перевищує </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>100 тис. гривень</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">, або облігації внутрішньої державної позики на загальну суму, що перевищує 100 тис. гривень, про що зазначається в </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>, або облігації внутрішньої державної позики на загальну суму, що перевищує 100 тис. гривень, пр</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32687">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>о що зазначається в декларації;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F32687" w:rsidRDefault="00F32687">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>10. будь-хто із складу домогосподарства або член сім’ї особи із складу домогосподарства протягом 12 місяців перед зверненням за призначенням житлової субсидії, призначенням житлової субсидії без звернення здійснив операції з купівлі безготівкової та/або готівкової іноземної валюти (крім валюти, отриманої від благодійних організацій або придбаної для оплати медичних та/або освітніх послуг), а також банківських металів на загальну суму, що перевищує </w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>50 тис. гривень</w:t>
       </w:r>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
         <w:tblCellMar>
-          <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="15" w:type="dxa"/>
+          <w:top w:w="28" w:type="dxa"/>
+          <w:left w:w="57" w:type="dxa"/>
+          <w:bottom w:w="28" w:type="dxa"/>
+          <w:right w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="424"/>
-        <w:gridCol w:w="9249"/>
+        <w:gridCol w:w="346"/>
+        <w:gridCol w:w="9837"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="00700B8D">
+      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="007B12E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Підстави</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="00700B8D">
+      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="007B12E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>домогосподарству припинено надання житлово-комунальної послуги (послуг);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="00700B8D">
+      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="007B12E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>не виконуються зобов'язання за договором про реструктуризацію заборгованості з оплати житлово-комунальних послуг;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="00700B8D">
+      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="007B12E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>у заяві та/або декларації зазначено недостовірні дані, що вплинуло на виникнення права на субсидію або визначення її розміру на суму понад 10 неоподаткованих мінімумів доходів громадян (17 гривень) на день призначення субсидії (тобто 10×17=170 гривень);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="00700B8D">
+      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="007B12E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00475C97">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>особа не повідомила про зміну складу зареєстрованих (фактично проживаючих) у житловому приміщенні (будинку) осіб, складу сім’ї члена домогосподарства, переліку отримуваних житлово-комунальних послуг, умов їх надання протягом 30 календарних днів з дня виникнення таких обставин;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="00700B8D">
+      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="007B12E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">під час вибіркового обстеження матеріально-побутових умов домогосподарства державним соціальним інспектором виявлено ознаки порушення норм законодавства щодо призначення житлової субсидії, які вплинули на право призначення житлової субсидії або визначення її розміру на суму, яка перевищує </w:t>
-[...9 lines deleted...]
-              <w:t>10 неоподатковуваних мінімумів доходів громадян на день призначення житлової субсидії;</w:t>
+              <w:t>під час вибіркового обстеження матеріально-побутових умов домогосподарства державним соціальним інспектором виявлено ознаки порушення норм законодавства щодо призначення житлової субсидії, які вплинули на право призначення житлової субсидії або визначення її розміру на суму, яка перевищує 10 неоподатковуваних мінімумів доходів громадян на день призначення житлової субсидії;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="00700B8D">
+      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="007B12E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>виникли обставини, що унеможливлюють надання житлової субсидії, зокрема у разі переїзду домогосподарства в інше житлове приміщення (будинок), іншу місцевість, у разі смерті одинокої особи;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="00700B8D">
+      <w:tr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidTr="007B12E5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="A2A9B1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
+          <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="007B12E5">
             <w:pPr>
-              <w:spacing w:before="240" w:after="240"/>
+              <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="202122"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00213052">
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>громадянин, якому призначено житлову субсидію, звернувся із заявою про припинення її надання (пункти 119, 120 </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:anchor="Text" w:history="1">
               <w:r w:rsidRPr="00213052">
                 <w:rPr>
                   <w:rStyle w:val="a4"/>
                   <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
                   <w:color w:val="3366BB"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
@@ -4783,72 +4746,63 @@
               <w:t>).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidRDefault="00700B8D" w:rsidP="00C5570D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="120" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00213052">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Житлова субсидія у випадку може призначатися з початку опалювального (неопалювального) сезону за умови документального підтвердження сплати заборгованості або укладення договору про її реструктуризацію, або оскарження заборгованості в судовому порядку (ухвали про відкриття провадження у справі) протягом двох місяців з початку такого сезону, в іншому випадку - з місяця, що настає за тим, у якому до структурного підрозділу з питань соціального захисту населення надійшло документальне підтвердження сплати заборгованості або укладення договору про її реструктуризацію, або оскарження заборгованості в судовому порядку (ухвали про відкриття провадження у справі).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082214E" w:rsidRPr="00213052" w:rsidRDefault="0082214E">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="0082214E" w:rsidRPr="00213052" w:rsidSect="00213052">
+    <w:sectPr w:rsidR="00700B8D" w:rsidRPr="00213052" w:rsidSect="00F32687">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1077" w:right="737" w:bottom="1077" w:left="1304" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4865,51 +4819,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08D75BA7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D3284EAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -7114,136 +7068,137 @@
   <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D71A6"/>
     <w:rsid w:val="001039A6"/>
     <w:rsid w:val="00164C9A"/>
     <w:rsid w:val="00213052"/>
     <w:rsid w:val="002C25E8"/>
     <w:rsid w:val="00343412"/>
     <w:rsid w:val="004047EE"/>
     <w:rsid w:val="00475C97"/>
     <w:rsid w:val="005D4EBF"/>
     <w:rsid w:val="005F3EBA"/>
     <w:rsid w:val="006D71A6"/>
     <w:rsid w:val="00700B8D"/>
+    <w:rsid w:val="007B12E5"/>
     <w:rsid w:val="007F0E94"/>
     <w:rsid w:val="0082214E"/>
     <w:rsid w:val="008F590B"/>
     <w:rsid w:val="00985CC8"/>
     <w:rsid w:val="00AC222D"/>
     <w:rsid w:val="00C5570D"/>
     <w:rsid w:val="00D56795"/>
     <w:rsid w:val="00DA1E80"/>
+    <w:rsid w:val="00F32687"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1BA69CED"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2CA19806-398A-4A54-B36F-96901B388824}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7305,95 +7260,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -7568,54 +7526,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00164C9A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
@@ -7727,51 +7681,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00700B8D"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="1F4D78" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="mw-headline">
     <w:name w:val="mw-headline"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00700B8D"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="61370931">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1863130714">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="90"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -8178,57 +8132,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>28153</Characters>
+  <Pages>11</Pages>
+  <Words>21080</Words>
+  <Characters>12017</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>234</Lines>
+  <Lines>100</Lines>
   <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Назва</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33025</CharactersWithSpaces>
+  <CharactersWithSpaces>33031</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Сєргєєва Оксана Анатоліївна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>