--- v0 (2026-01-02)
+++ v1 (2026-03-13)
@@ -1,2259 +1,1612 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="1728FDD0" w14:textId="77777777" w:rsidR="007648DB" w:rsidRPr="0089794F" w:rsidRDefault="007648DB" w:rsidP="0004594C">
-[...1 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w14:paraId="1728FDD0" w14:textId="77777777" w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidRDefault="007648DB" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0089794F">
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Порядок</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0089794F">
+        <w:t>Порядок призначення та виплати житлових субсидій і пільг населенню регламентується постановою Кабінету Міністрів України від 17.04.2019 №373 "Деякі питання надання житлових субсидій та пільг на оплату житлово-комунальних послуг, придбання твердого та рідкого пічного побутового палива і скрапленого газу у грошовій формі" (у редакції постанови КМУ від 16.09.2022 №1041).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7ED3B0BC" w14:textId="6BCB8A96" w:rsidR="0089794F" w:rsidRPr="00005398" w:rsidRDefault="0089794F" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0089794F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0089794F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>За рішенням Уряду функції адміністрування житлових субсидій та пільг поетапно передано Пенсійному фонду України.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70E7B410" w14:textId="008FEC20" w:rsidR="0089794F" w:rsidRPr="00005398" w:rsidRDefault="0089794F" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-          <w:i/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="0089794F">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
-          <w:i/>
-[...78 lines deleted...]
-          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">регламентується </w:t>
-[...298 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Від 1 грудня 2022 року усі, хто претендує на отримання житлових субсидій та пільг, звертаються до органів Пенсійного фонду України, які працюють за принципом екстериторіальності. Тобто, подавати заяви можна у будь-який сервісний центр ПФУ, незалежно від місця проживання громадян.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED3B0BC" w14:textId="6BCB8A96" w:rsidR="0089794F" w:rsidRPr="0089794F" w:rsidRDefault="0089794F" w:rsidP="0089794F">
-[...449 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="6C3492EB" w14:textId="54F8CC22" w:rsidR="001A2C51" w:rsidRPr="00005398" w:rsidRDefault="001A2C51" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626502">
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ЖИТЛОВІ ПІЛЬГИ, ЯКІ НАДАЮТЬСЯ З УРАХУВАННЯМ ДОХОДІВ ГРОМАДЯН</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AC55FE" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="51AC55FE" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00626502">
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Перелік пільг з оплати житлово-комунальних послуг, що надаються з урахуванням доходів, визначено Порядком надання пільг окремим категоріям громадян з урахуванням середньомісячного сукупного доходу сім’ї (затверджено постановою Кабінету Міністрів України від 04.06.2015 № 389). До таких пільг належать, зокрема, пільги з оплати:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B6BC950" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
+    <w:p w14:paraId="4ABAB695" w14:textId="77FB4C1D" w:rsidR="00005398" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="00005398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00626502">
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>житла (квартирна плата, плата за послуги з утримання будинків і споруд та прибудинкових територій), управління багатоквартирним будинком;</w:t>
       </w:r>
+      <w:r w:rsidR="00005398" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5116EC4F" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
+    <w:p w14:paraId="1305240E" w14:textId="1521BF75" w:rsidR="00005398" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="00005398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>комунальних послуг (централізоване постачання холодної води, централізоване постачання гарячої води, водовідведення, тепло- та електропостачання, природний газ (в тому числі транспортування, розподіл та постачання), централізоване опалення, вивезення побутових відходів); </w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комунальних послуг (централізоване постачання холодної води, централізоване постачання гарячої води, водовідведення, тепло- та електропостачання, природний газ (в тому числі транспортування, розподіл та постачання), централізоване опалення, вивезення побутових відходів);</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77748244" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
+    <w:p w14:paraId="77748244" w14:textId="316F39B2" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="008A4C4F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>палива та скрапленого газу. </w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>палива та скрапленого газу.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501A96BB" w14:textId="77777777" w:rsidR="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4BB6564D" w14:textId="001210C9" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пільги надаються, якщо середньомісячний сукупний дохід сім’ї пільговика в розрахунку на одну людину за шість місяців, що передують місяцю звернення, не перевищує величини доходу, який дає право на податкову соціальну пільгу (у 2023 році це 3760 грн). Пільга призначається на 12 місяців з місяця, коли таке право виникає. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4BB6564D" w14:textId="001210C9" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="4A700519" w14:textId="7B480263" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>Пільги надаються, якщо середньомісячний сукупний дохід сім’ї пільговика в розрахунку на одну людину за шість місяців, що передують місяцю звернення, не перевищує величини доходу, який дає право на податкову соціальну пільгу (у 2023 році це 3760 грн). Пільга призначається на 12 місяців з місяця, коли таке право виникає. </w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пільга на оплату житлово-комунальних послуг, придбання твердого та рідкого пічного побутового палива і скрапленого газу у грошовій формі, з урахуванням середньомісячного доходу надається, зокрема:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A700519" w14:textId="7B480263" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...20 lines deleted...]
-    <w:p w14:paraId="46806A5F" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
+    <w:p w14:paraId="46806A5F" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="00005398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>у розмірі 100 % знижки:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477D93A1" w14:textId="6B54C572" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="477D93A1" w14:textId="3B7DBBB2" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="284" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...10 lines deleted...]
-      </w:r>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>особам, які мають особливі заслуги перед Батьківщиною (стаття 11 Закону України від 22.10.1993 № 3551-XII "Про статус ветеранів війни, гарантії їх соціального захисту") та члени сімей померлої особи, яка має особливі заслуги перед Батьківщиною (батьки, дружина (чоловік);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37956E84" w14:textId="646BA46E" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пенсіонерам, які раніше працювали педагогічними, медичними та фармацевтичними працівниками, спеціалістами із захисту рослин, працівниками бібліотек у сільській місцевості і селищах міського типу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550DC895" w14:textId="7E64D3FC" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>особам, які проживають у сільській місцевості та селищах міського типу, які працюють/раніше працювали в музеях, державних та комунальних закладах культури, закладах освіти сфери культури.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45E8191C" w14:textId="77777777" w:rsidR="00005398" w:rsidRDefault="00005398">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...73 lines deleted...]
-        <w:t>–       особам, які проживають у сільській місцевості та селищах міського типу, які працюють/раніше працювали в музеях, державних та комунальних закладах культури, закладах освіти сфери культури.</w:t>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="0CD4E602" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
+    <w:p w14:paraId="0CD4E602" w14:textId="73D177A6" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="00005398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>у розмірі 50 % знижки:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E888117" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5E888117" w14:textId="1C35BF43" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="284" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>–       багатодітним сім’ям, дитячим будинкам сімейного типу, прийомним сім’ям, сім’ям опікунів (піклувальників); </w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>багатодітним сім’ям, дитячим будинкам сімейного типу, прийомним сім’ям, сім’ям опікунів (піклувальників); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35CD2932" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="35CD2932" w14:textId="2ACC1FE8" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>–       батькам та членам сім’ї особи рядового і начальницького складу служби цивільного захисту, які загинули (померли) або зникли безвісти під час виконання службових обов’язків; </w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>батькам та членам сім’ї особи рядового і начальницького складу служби цивільного захисту, які загинули (померли) або зникли безвісти під час виконання службових обов’язків; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB234D7" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="1AB234D7" w14:textId="772D9FA5" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>–       особам, звільненим із служби цивільного захисту за віком, через хворобу або за вислугою років, та які стали особами з інвалідністю під час виконання службових обов’язків, та члени їх сімей; </w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>особам, звільненим із служби цивільного захисту за віком, через хворобу або за вислугою років, та які стали особами з інвалідністю під час виконання службових обов’язків, та члени їх сімей; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41A1CF22" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="41A1CF22" w14:textId="6F8CF4BE" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>–       дружині (чоловіку) померлих громадян з числа учасників ліквідації наслідків аварії на Чорнобильській АЕС та опікунам дітей (на час опікунства) померлих громадян з числа учасників ліквідації наслідків аварії на Чорнобильській АЕС, віднесених до категорії 3, смерть яких пов’язана з Чорнобильською катастрофою;  </w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дружині (чоловіку) померлих громадян з числа учасників ліквідації наслідків аварії на Чорнобильській АЕС та опікунам дітей (на час опікунства) померлих громадян з числа учасників ліквідації наслідків аварії на Чорнобильській АЕС, віднесених до категорії 3, смерть яких пов’язана з Чорнобильською катастрофою;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77941993" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="77941993" w14:textId="5203365E" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>–       сім’ї, що має дитину з інвалідністю внаслідок Чорнобильської катастрофи; </w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сім’ї, що має дитину з інвалідністю внаслідок Чорнобильської катастрофи; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07A60E86" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="07A60E86" w14:textId="01269118" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>–       учасникам війни;</w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>учасникам війни;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D518DFF" w14:textId="3A150810" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="5D518DFF" w14:textId="6B1E1F04" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="284" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>–       окремим категоріям осіб, з числа жертв нацистських переслідувань;</w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>окремим категоріям осіб, з числа жертв нацистських переслідувань;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CC16667" w14:textId="53E33224" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
+    <w:p w14:paraId="1CC16667" w14:textId="53E33224" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="00005398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="426" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>у розмірі 25 % знижки:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42822D13" w14:textId="77777777" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="42822D13" w14:textId="65EDF473" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="0015265A">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:left="284" w:hanging="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>– дітям війни.</w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дітям війни.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F9E941" w14:textId="40F85640" w:rsidR="00626502" w:rsidRPr="00626502" w:rsidRDefault="00626502" w:rsidP="00626502">
+    <w:p w14:paraId="27F9E941" w14:textId="10BB4589" w:rsidR="00626502" w:rsidRPr="00005398" w:rsidRDefault="00626502" w:rsidP="00005398">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Якщо дохід сім’ї пільговика перевищує той, що дає право на пільгу, – людина (представник пільгової категорії) може звернутися за призначенням житлової субсидії.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B93F327" w14:textId="2C63B105" w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidRDefault="0004594C" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЯК ВИПЛАЧУЮТЬСЯ КОШТИ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E40E97" w14:textId="3AF1BB1E" w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidRDefault="007648DB" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тим пільговикам, які до грудня 2022 року вже отримували відповідні пільги у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>готівковій </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формі, а також тим, які звернулися за наданням виплати починаючи з грудня 2022 року, Пенсійний фонд України перерахує кошти на їх рахунки, відкриті в уповноважених банках або для виплати через відділення АТ </w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Укрпошта</w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Це залежить від способу виплати, обраного одержувачем пільги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19106E28" w14:textId="31D1DE92" w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidRDefault="007648DB" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пенсіонерам, які до грудня 2022 року отримували пільги у грошовій </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>безготівковій</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> формі, виплата здійсню</w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>є</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ться шляхом перерахування коштів на їх пенсійні рахунки в уповноважених банках або через відділення </w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АТ </w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Укрпошта</w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, де людина одержує пенсію. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265EA9F5" w14:textId="30CCB265" w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidRDefault="007648DB" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Громадянам, які до грудня 2022 року отримували пільги у грошовій безготівковій формі </w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не є пенсіонерами, кошти на виплату пільг перераховуються на їх поточні рахунки, відкриті Пенсійним фондом України в АТ </w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ощадбанк</w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AAE30A" w14:textId="77777777" w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidRDefault="007648DB" w:rsidP="00005398">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
-          <w:i/>
-[...33 lines deleted...]
-        <w:t>Якщо дохід сім’ї пільговика перевищує той, що дає право на пільгу, – людина (представник пільгової категорії) може звернутися за призначенням житлової субсидії.</w:t>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Про відкриття такого рахунка в банку, органи Пенсійного фонду України інформують пільговика.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B93F327" w14:textId="2C63B105" w:rsidR="007648DB" w:rsidRPr="007648DB" w:rsidRDefault="0004594C" w:rsidP="0004594C">
-[...57 lines deleted...]
-        <w:t>?</w:t>
+    <w:p w14:paraId="6ED4B199" w14:textId="144D8AED" w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidRDefault="007648DB" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Щоб одержати кошти з такого рахунку, потрібно особисто звернутися до </w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АТ </w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ощадбанк</w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для укладення договору банківського рахунка. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05E40E97" w14:textId="3AF1BB1E" w:rsidR="007648DB" w:rsidRPr="007648DB" w:rsidRDefault="007648DB" w:rsidP="0004594C">
-[...1 lines deleted...]
-        <w:spacing w:after="150" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="70AE38E9" w14:textId="166F79F0" w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidRDefault="007648DB" w:rsidP="00005398">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007648DB">
-[...32 lines deleted...]
-      <w:r w:rsidR="0004594C" w:rsidRPr="0004594C">
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Якщо ж пільговик бажає отримувати кошти на виплату пільг на рахунок, відкритий в іншому банку, або через відділення АТ </w:t>
+      </w:r>
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
-      <w:r w:rsidRPr="007648DB">
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Укрпошта</w:t>
       </w:r>
-      <w:r w:rsidR="0004594C" w:rsidRPr="0004594C">
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
-      <w:r w:rsidRPr="007648DB">
-[...7 lines deleted...]
-        <w:t>. Це залежить від способу виплати, обраного одержувачем пільги.</w:t>
+      <w:r w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, він має звернутися із відповідною заявою до територіального органу Пенсійного фонду України в обраний спосіб:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19106E28" w14:textId="31D1DE92" w:rsidR="007648DB" w:rsidRPr="007648DB" w:rsidRDefault="007648DB" w:rsidP="0004594C">
-[...378 lines deleted...]
-    <w:p w14:paraId="66CA2613" w14:textId="4B98625C" w:rsidR="007648DB" w:rsidRPr="007648DB" w:rsidRDefault="007648DB" w:rsidP="0004594C">
+    <w:p w14:paraId="2DA3642C" w14:textId="7046BF60" w:rsidR="00005398" w:rsidRPr="00005398" w:rsidRDefault="007648DB" w:rsidP="00005398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007648DB">
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">особисто до будь-якого сервісного центру головного управління Пенсійного фонду України (перелік діючих сервісних центрів </w:t>
       </w:r>
-      <w:r w:rsidR="0004594C" w:rsidRPr="0004594C">
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="0004594C" w:rsidRPr="0004594C">
+        <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>тут</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="007648DB">
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
+      <w:r w:rsidR="00005398" w:rsidRPr="00005398">
+        <w:rPr>
+          <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
+          <w:color w:val="191919"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7423823D" w14:textId="77777777" w:rsidR="007648DB" w:rsidRPr="007648DB" w:rsidRDefault="007648DB" w:rsidP="0004594C">
+    <w:p w14:paraId="7423823D" w14:textId="0BF769D2" w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidRDefault="007648DB" w:rsidP="00005398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="714" w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007648DB">
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>поштою;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1148481D" w14:textId="731AA814" w:rsidR="007648DB" w:rsidRPr="007648DB" w:rsidRDefault="007648DB" w:rsidP="0004594C">
+    <w:p w14:paraId="1148481D" w14:textId="731AA814" w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidRDefault="007648DB" w:rsidP="00005398">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007648DB">
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>через</w:t>
       </w:r>
-      <w:r w:rsidR="0004594C" w:rsidRPr="0004594C">
+      <w:r w:rsidR="0004594C" w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007648DB">
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">особистий кабінет на </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidRPr="007648DB">
+        <w:r w:rsidRPr="00005398">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>вебпорталі</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="007648DB">
+      <w:r w:rsidRPr="00005398">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman"/>
           <w:color w:val="191919"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> електронних послуг Пенсійного фонду України.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74A008A3" w14:textId="77777777" w:rsidR="00CC412A" w:rsidRPr="0004594C" w:rsidRDefault="00CC412A" w:rsidP="0004594C">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00CC412A" w:rsidRPr="0004594C" w:rsidSect="0004594C">
+    <w:sectPr w:rsidR="007648DB" w:rsidRPr="00005398" w:rsidSect="00005398">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="991" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="737" w:bottom="851" w:left="1304" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Trebuchet MS">
+    <w:panose1 w:val="020B0603020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="329B23DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6E5E8F92"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -2952,145 +2305,262 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74C631CE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="799021E6"/>
+    <w:lvl w:ilvl="0" w:tplc="BBD806AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="–"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1364" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2084" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2804" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3524" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4244" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04220001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4964" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04220003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5684" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04220005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6404" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00773301"/>
+    <w:rsid w:val="00005398"/>
     <w:rsid w:val="0004594C"/>
+    <w:rsid w:val="0015265A"/>
     <w:rsid w:val="001A2C51"/>
     <w:rsid w:val="005473E0"/>
     <w:rsid w:val="00626502"/>
     <w:rsid w:val="00707041"/>
     <w:rsid w:val="007648DB"/>
     <w:rsid w:val="00773301"/>
     <w:rsid w:val="0089794F"/>
     <w:rsid w:val="008D4FD8"/>
     <w:rsid w:val="00CC412A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1F0AED89"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{27389B99-B11B-4C04-B991-93B6797508D1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3418,83 +2888,80 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001A2C51"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Strong"/>
@@ -3510,100 +2977,111 @@
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xfmc4">
     <w:name w:val="xfmc4"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="007648DB"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007648DB"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0004594C"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="001A2C51"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00626502"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00005398"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="427654011">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1130169334">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4092,72 +3570,79 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4845</Characters>
+  <Pages>2</Pages>
+  <Words>3586</Words>
+  <Characters>2045</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
+  <Lines>17</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Назва</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5684</CharactersWithSpaces>
+  <CharactersWithSpaces>5620</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Гончарова Наталія Олександрівна</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>