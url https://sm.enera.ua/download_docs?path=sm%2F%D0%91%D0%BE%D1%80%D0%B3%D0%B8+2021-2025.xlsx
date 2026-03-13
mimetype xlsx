--- v0 (2026-01-17)
+++ v1 (2026-03-13)
@@ -7,51 +7,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\DEVELOPMENT\! BILLING\!!!ENERA-SITE\_ЗАЯВКИ\2026-01-15 (sm)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\WEB\site-enera\storage\files\sm\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12435" tabRatio="613" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Борг за періодами" sheetId="13" r:id="rId1"/>
     <sheet name="Борг" sheetId="11" r:id="rId2"/>
     <sheet name="БДДС 01-12" sheetId="7" state="hidden" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="________E100000" localSheetId="2">#REF!</definedName>
     <definedName name="_______E100000" localSheetId="2">#REF!</definedName>
     <definedName name="______DAT5" localSheetId="2">[1]Лист1!#REF!</definedName>
     <definedName name="______E100000" localSheetId="2">#REF!</definedName>
     <definedName name="_____DAT5" localSheetId="2">[1]Лист1!#REF!</definedName>
     <definedName name="_____E100000" localSheetId="2">#REF!</definedName>
     <definedName name="____DAT5" localSheetId="2">[1]Лист1!#REF!</definedName>
     <definedName name="____E100000" localSheetId="2">#REF!</definedName>
     <definedName name="___DAT5" localSheetId="2">[1]Лист1!#REF!</definedName>
     <definedName name="___E100000" localSheetId="2">#REF!</definedName>
@@ -94,50 +94,51 @@
     <definedName name="ааас" localSheetId="2" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="ааас" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="авг913.01" localSheetId="2">#REF!</definedName>
     <definedName name="авг913.02" localSheetId="2">#REF!</definedName>
     <definedName name="авг913.03" localSheetId="2">#REF!</definedName>
     <definedName name="Баланс1" localSheetId="2" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="Баланс1" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="в" localSheetId="2" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="в" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="д" localSheetId="2" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="д" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="дек913.01" localSheetId="2">#REF!</definedName>
     <definedName name="дек913.02" localSheetId="2">#REF!</definedName>
     <definedName name="дек913.03" localSheetId="2">#REF!</definedName>
     <definedName name="Е2" localSheetId="2">#REF!</definedName>
     <definedName name="з" localSheetId="2">#REF!</definedName>
     <definedName name="ИТОГО" localSheetId="2">#REF!</definedName>
     <definedName name="л" localSheetId="2" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="л" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="Лист2" localSheetId="2">#REF!</definedName>
     <definedName name="май913.01" localSheetId="2">#REF!</definedName>
     <definedName name="май913.02" localSheetId="2">#REF!</definedName>
     <definedName name="НачКол" localSheetId="2">#REF!</definedName>
     <definedName name="НКРЕ" localSheetId="2">#REF!</definedName>
     <definedName name="ноя913.01" localSheetId="2">#REF!</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Борг за періодами'!$A$1:$K$112</definedName>
     <definedName name="окт913.01" localSheetId="2">#REF!</definedName>
     <definedName name="п" localSheetId="2" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="п" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="подр" localSheetId="2">#REF!</definedName>
     <definedName name="ПоследнСтрока" localSheetId="2">#REF!</definedName>
     <definedName name="пр" localSheetId="2">#REF!</definedName>
     <definedName name="прпопоп" localSheetId="2" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="прпопоп" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="р" localSheetId="2" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="р" hidden="1">{"Налог на прибыль",#N/A,FALSE,"Июнь"}</definedName>
     <definedName name="расш" localSheetId="2">#REF!</definedName>
     <definedName name="ремонт" localSheetId="2">#REF!</definedName>
     <definedName name="ррр" localSheetId="2">#REF!</definedName>
     <definedName name="сен913.01" localSheetId="2">#REF!</definedName>
     <definedName name="сен913.02" localSheetId="2">#REF!</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D11" i="13" l="1"/>
   <c r="D19" i="13"/>
   <c r="D35" i="13"/>
@@ -3490,127 +3491,127 @@
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="31" borderId="49" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="31" borderId="50" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="31" borderId="53" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="60" fillId="31" borderId="54" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="65" fillId="31" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="65" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="61" fillId="32" borderId="36" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="61" fillId="32" borderId="37" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="61" fillId="31" borderId="43" xfId="669" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="64" fillId="31" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="33" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="34" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="35" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="38" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="0" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="30" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="36" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="31" borderId="31" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="36" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="37" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="61" fillId="33" borderId="40" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="33" borderId="41" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="56" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="32" borderId="36" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="42" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="45" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="40" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="41" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="51" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="61" fillId="33" borderId="48" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="61" fillId="33" borderId="55" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="32" borderId="56" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...19 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="61" fillId="33" borderId="42" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="33" borderId="45" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="61" fillId="33" borderId="52" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="61" fillId="33" borderId="48" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="61" fillId="33" borderId="51" xfId="669" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="769">
     <cellStyle name=" 1" xfId="1"/>
     <cellStyle name="_ДДС_30.12.2006гОля" xfId="2"/>
     <cellStyle name="_ИП пример" xfId="3"/>
     <cellStyle name="_Книга1" xfId="4"/>
     <cellStyle name="_Книга2" xfId="5"/>
     <cellStyle name="_Книга2_Бюджет_2008_ожидаемый_08-04-15" xfId="6"/>
     <cellStyle name="_Книга2_Бюджет_2008_ожидаемый_08-04-15_РДС_факт_2008" xfId="7"/>
     <cellStyle name="_Книга2_Бюджет_2008_ожидаемый_08-05-05" xfId="8"/>
     <cellStyle name="_Книга2_Бюджет_май_2008(08-05-13)" xfId="9"/>
     <cellStyle name="_Книга2_Бюджет_май_2008(08-05-13)_Бюджет_II_полугодие_2008_6" xfId="10"/>
     <cellStyle name="_Книга2_РДС_01_2008" xfId="11"/>
     <cellStyle name="_Книга2_РДС_02_2008" xfId="12"/>
     <cellStyle name="_Книга2_РДС_факт_2008" xfId="13"/>
     <cellStyle name="_Краснодонский ф-л_10_2006" xfId="14"/>
     <cellStyle name="_Крд_бюдж_01_07" xfId="15"/>
     <cellStyle name="_Крд_бюдж_08_2006" xfId="16"/>
     <cellStyle name="_Крд_бюдж_09_2006" xfId="17"/>
     <cellStyle name="_Крд_бюдж_10_2006" xfId="18"/>
     <cellStyle name="_Крд_бюдж_11_2006" xfId="19"/>
     <cellStyle name="_Крд_бюдж_12_06" xfId="20"/>
     <cellStyle name="_Лис_бюдж_01_07" xfId="21"/>
     <cellStyle name="_Лист1" xfId="22"/>
@@ -4363,55 +4364,55 @@
     <cellStyle name="Хороший 3" xfId="663"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFCCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\bg_public\2007%20&#1075;&#1086;&#1076;\4%20&#1082;&#1074;&#1072;&#1088;&#1090;&#1072;&#1083;\10%20&#1086;&#1082;&#1090;&#1103;&#1073;&#1088;&#1100;\Documents%20and%20Settings\Osadchaya\&#1052;&#1086;&#1080;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1099;\Budzhet%202004\reestr\Poltava%2005\&#1088;&#1077;&#1077;&#1089;&#1090;&#1088;%20210503&#1084;.xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/bg_public/2007%20&#1075;&#1086;&#1076;/4%20&#1082;&#1074;&#1072;&#1088;&#1090;&#1072;&#1083;/10%20&#1086;&#1082;&#1090;&#1103;&#1073;&#1088;&#1100;/Documents%20and%20Settings/Osadchaya/&#1052;&#1086;&#1080;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1099;/Budzhet%202004/reestr/Poltava%2005/&#1088;&#1077;&#1077;&#1089;&#1090;&#1088;%20210503&#1084;.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Documents%20and%20Settings\Osadchaya\&#1052;&#1086;&#1080;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1099;\Budzhet%202003\Poltava%2012\&#1088;&#1077;&#1077;&#1089;&#1090;&#1088;%20&#1085;&#1077;&#1086;&#1087;&#1083;&#1086;&#1095;&#1077;&#1085;&#1099;&#1093;%20&#1085;&#1072;%20311203.xls" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Documents%20and%20Settings/Osadchaya/&#1052;&#1086;&#1080;%20&#1076;&#1086;&#1082;&#1091;&#1084;&#1077;&#1085;&#1090;&#1099;/Budzhet%202003/Poltava%2012/&#1088;&#1077;&#1077;&#1089;&#1090;&#1088;%20&#1085;&#1077;&#1086;&#1087;&#1083;&#1086;&#1095;&#1077;&#1085;&#1099;&#1093;%20&#1085;&#1072;%20311203.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="210503"/>
       <sheetName val="Лист1"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="311203   "/>
       <sheetName val="311203    (2)"/>
       <sheetName val="Лист1"/>
       <sheetName val="311203___"/>
@@ -4626,3127 +4627,3128 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <sheetPr>
-[...1 lines deleted...]
-  </sheetPr>
   <dimension ref="A1:K113"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <pane xSplit="3" ySplit="4" topLeftCell="D92" activePane="bottomRight" state="frozen"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <pane xSplit="3" ySplit="4" topLeftCell="D7" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
       <selection pane="bottomRight" activeCell="H7" sqref="H7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="10.7109375" style="91" customWidth="1"/>
     <col min="2" max="2" width="12.7109375" style="91" customWidth="1"/>
     <col min="3" max="3" width="6.42578125" style="91" customWidth="1"/>
     <col min="4" max="10" width="10.7109375" style="91" customWidth="1"/>
     <col min="11" max="11" width="3.7109375" style="91" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="77" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" ht="39.950000000000003" customHeight="1">
-      <c r="A1" s="110" t="s">
+      <c r="A1" s="95" t="s">
         <v>114</v>
       </c>
-      <c r="B1" s="110"/>
-[...7 lines deleted...]
-      <c r="J1" s="110"/>
+      <c r="B1" s="95"/>
+      <c r="C1" s="95"/>
+      <c r="D1" s="95"/>
+      <c r="E1" s="95"/>
+      <c r="F1" s="95"/>
+      <c r="G1" s="95"/>
+      <c r="H1" s="95"/>
+      <c r="I1" s="95"/>
+      <c r="J1" s="95"/>
       <c r="K1" s="76"/>
     </row>
     <row r="2" spans="1:11" ht="15.75" thickBot="1">
       <c r="A2" s="78"/>
       <c r="B2" s="79"/>
       <c r="C2" s="78"/>
       <c r="D2" s="78"/>
       <c r="E2" s="78"/>
       <c r="F2" s="78"/>
       <c r="G2" s="78"/>
       <c r="H2" s="78"/>
       <c r="I2" s="76"/>
       <c r="J2" s="80" t="s">
         <v>101</v>
       </c>
       <c r="K2" s="76"/>
     </row>
     <row r="3" spans="1:11" ht="15" customHeight="1">
-      <c r="A3" s="111"/>
-[...2 lines deleted...]
-      <c r="D3" s="117" t="s">
+      <c r="A3" s="96"/>
+      <c r="B3" s="97"/>
+      <c r="C3" s="98"/>
+      <c r="D3" s="102" t="s">
         <v>109</v>
       </c>
-      <c r="E3" s="119" t="s">
+      <c r="E3" s="104" t="s">
         <v>115</v>
       </c>
-      <c r="F3" s="119"/>
-[...3 lines deleted...]
-      <c r="J3" s="120"/>
+      <c r="F3" s="104"/>
+      <c r="G3" s="104"/>
+      <c r="H3" s="104"/>
+      <c r="I3" s="104"/>
+      <c r="J3" s="105"/>
       <c r="K3" s="81"/>
     </row>
     <row r="4" spans="1:11" ht="39" thickBot="1">
-      <c r="A4" s="114"/>
-[...2 lines deleted...]
-      <c r="D4" s="118"/>
+      <c r="A4" s="99"/>
+      <c r="B4" s="100"/>
+      <c r="C4" s="101"/>
+      <c r="D4" s="103"/>
       <c r="E4" s="59" t="s">
         <v>113</v>
       </c>
       <c r="F4" s="59" t="s">
         <v>110</v>
       </c>
       <c r="G4" s="59" t="s">
         <v>111</v>
       </c>
       <c r="H4" s="59" t="s">
         <v>90</v>
       </c>
       <c r="I4" s="59" t="s">
         <v>112</v>
       </c>
       <c r="J4" s="60" t="s">
         <v>91</v>
       </c>
       <c r="K4" s="81"/>
     </row>
     <row r="5" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A5" s="95" t="s">
+      <c r="A5" s="106" t="s">
         <v>100</v>
       </c>
-      <c r="B5" s="98" t="s">
+      <c r="B5" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C5" s="99"/>
+      <c r="C5" s="109"/>
       <c r="D5" s="92">
         <f t="shared" ref="D5:D37" si="0">SUM(E5:J5)</f>
         <v>418628</v>
       </c>
       <c r="E5" s="92">
         <f>SUM(E6:E12)</f>
         <v>19221</v>
       </c>
       <c r="F5" s="92">
         <f t="shared" ref="F5:J5" si="1">SUM(F6:F12)</f>
         <v>2247</v>
       </c>
       <c r="G5" s="92">
         <f t="shared" si="1"/>
         <v>21305</v>
       </c>
       <c r="H5" s="92">
         <f t="shared" si="1"/>
         <v>4922</v>
       </c>
       <c r="I5" s="92">
         <f t="shared" si="1"/>
         <v>331306</v>
       </c>
       <c r="J5" s="93">
         <f t="shared" si="1"/>
         <v>39627</v>
       </c>
       <c r="K5" s="81"/>
     </row>
     <row r="6" spans="1:11" ht="15" customHeight="1">
-      <c r="A6" s="96"/>
-      <c r="B6" s="100" t="s">
+      <c r="A6" s="107"/>
+      <c r="B6" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C6" s="61">
         <v>2025</v>
       </c>
       <c r="D6" s="62">
         <f t="shared" si="0"/>
         <v>356966</v>
       </c>
       <c r="E6" s="63">
         <v>15446</v>
       </c>
       <c r="F6" s="82">
         <v>2126</v>
       </c>
       <c r="G6" s="82">
         <v>20371</v>
       </c>
       <c r="H6" s="82">
         <v>3170</v>
       </c>
       <c r="I6" s="82">
         <v>277749</v>
       </c>
       <c r="J6" s="83">
         <v>38104</v>
       </c>
       <c r="K6" s="81"/>
     </row>
     <row r="7" spans="1:11">
-      <c r="A7" s="96"/>
-      <c r="B7" s="101"/>
+      <c r="A7" s="107"/>
+      <c r="B7" s="111"/>
       <c r="C7" s="64">
         <v>2024</v>
       </c>
       <c r="D7" s="65">
         <f t="shared" si="0"/>
         <v>44576</v>
       </c>
       <c r="E7" s="66">
         <v>39</v>
       </c>
       <c r="F7" s="84">
         <v>0</v>
       </c>
       <c r="G7" s="84">
         <v>0</v>
       </c>
       <c r="H7" s="84">
         <v>1603</v>
       </c>
       <c r="I7" s="84">
         <v>42806</v>
       </c>
       <c r="J7" s="85">
         <v>128</v>
       </c>
       <c r="K7" s="81"/>
     </row>
     <row r="8" spans="1:11">
-      <c r="A8" s="96"/>
-      <c r="B8" s="101"/>
+      <c r="A8" s="107"/>
+      <c r="B8" s="111"/>
       <c r="C8" s="64">
         <v>2023</v>
       </c>
       <c r="D8" s="65">
         <f t="shared" si="0"/>
         <v>6558</v>
       </c>
       <c r="E8" s="66">
         <v>389</v>
       </c>
       <c r="F8" s="84">
         <v>9</v>
       </c>
       <c r="G8" s="84">
         <v>444</v>
       </c>
       <c r="H8" s="84">
         <v>0</v>
       </c>
       <c r="I8" s="84">
         <v>5622</v>
       </c>
       <c r="J8" s="85">
         <v>94</v>
       </c>
       <c r="K8" s="81"/>
     </row>
     <row r="9" spans="1:11">
-      <c r="A9" s="96"/>
-      <c r="B9" s="101"/>
+      <c r="A9" s="107"/>
+      <c r="B9" s="111"/>
       <c r="C9" s="64">
         <v>2022</v>
       </c>
       <c r="D9" s="65">
         <f t="shared" si="0"/>
         <v>7719</v>
       </c>
       <c r="E9" s="66">
         <v>3347</v>
       </c>
       <c r="F9" s="84">
         <v>112</v>
       </c>
       <c r="G9" s="84">
         <v>490</v>
       </c>
       <c r="H9" s="84">
         <v>149</v>
       </c>
       <c r="I9" s="84">
         <v>2320</v>
       </c>
       <c r="J9" s="85">
         <v>1301</v>
       </c>
       <c r="K9" s="81"/>
     </row>
     <row r="10" spans="1:11">
-      <c r="A10" s="96"/>
-      <c r="B10" s="101"/>
+      <c r="A10" s="107"/>
+      <c r="B10" s="111"/>
       <c r="C10" s="64">
         <v>2021</v>
       </c>
       <c r="D10" s="65">
         <f t="shared" si="0"/>
         <v>1634</v>
       </c>
       <c r="E10" s="66"/>
       <c r="F10" s="84"/>
       <c r="G10" s="84"/>
       <c r="H10" s="84"/>
       <c r="I10" s="84">
         <v>1634</v>
       </c>
       <c r="J10" s="85"/>
       <c r="K10" s="81"/>
     </row>
     <row r="11" spans="1:11">
-      <c r="A11" s="96"/>
-      <c r="B11" s="101"/>
+      <c r="A11" s="107"/>
+      <c r="B11" s="111"/>
       <c r="C11" s="64">
         <v>2020</v>
       </c>
       <c r="D11" s="65">
         <f t="shared" si="0"/>
         <v>752</v>
       </c>
       <c r="E11" s="66"/>
       <c r="F11" s="84"/>
       <c r="G11" s="84"/>
       <c r="H11" s="84"/>
       <c r="I11" s="84">
         <v>752</v>
       </c>
       <c r="J11" s="85"/>
       <c r="K11" s="81"/>
     </row>
     <row r="12" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A12" s="96"/>
-      <c r="B12" s="101"/>
+      <c r="A12" s="107"/>
+      <c r="B12" s="111"/>
       <c r="C12" s="64">
         <v>2019</v>
       </c>
       <c r="D12" s="65">
         <f t="shared" si="0"/>
         <v>423</v>
       </c>
       <c r="E12" s="66"/>
       <c r="F12" s="84"/>
       <c r="G12" s="84"/>
       <c r="H12" s="84"/>
       <c r="I12" s="84">
         <v>423</v>
       </c>
       <c r="J12" s="85"/>
       <c r="K12" s="81"/>
     </row>
     <row r="13" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A13" s="95" t="s">
+      <c r="A13" s="106" t="s">
         <v>99</v>
       </c>
-      <c r="B13" s="98" t="s">
+      <c r="B13" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C13" s="99"/>
+      <c r="C13" s="109"/>
       <c r="D13" s="92">
         <f t="shared" si="0"/>
         <v>423520</v>
       </c>
       <c r="E13" s="92">
         <f>SUM(E14:E20)</f>
         <v>13316</v>
       </c>
       <c r="F13" s="92">
         <f t="shared" ref="F13:J13" si="2">SUM(F14:F20)</f>
         <v>1532</v>
       </c>
       <c r="G13" s="92">
         <f t="shared" si="2"/>
         <v>9717</v>
       </c>
       <c r="H13" s="92">
         <f t="shared" si="2"/>
         <v>18972</v>
       </c>
       <c r="I13" s="92">
         <f t="shared" si="2"/>
         <v>342890</v>
       </c>
       <c r="J13" s="93">
         <f t="shared" si="2"/>
         <v>37093</v>
       </c>
       <c r="K13" s="81"/>
     </row>
     <row r="14" spans="1:11" ht="15" customHeight="1">
-      <c r="A14" s="96"/>
-      <c r="B14" s="100" t="s">
+      <c r="A14" s="107"/>
+      <c r="B14" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C14" s="61">
         <v>2025</v>
       </c>
       <c r="D14" s="62">
         <f t="shared" si="0"/>
         <v>358716</v>
       </c>
       <c r="E14" s="63">
         <v>9421</v>
       </c>
       <c r="F14" s="82">
         <v>1411</v>
       </c>
       <c r="G14" s="82">
         <v>8783</v>
       </c>
       <c r="H14" s="82">
         <v>17220</v>
       </c>
       <c r="I14" s="82">
         <v>286346</v>
       </c>
       <c r="J14" s="83">
         <v>35535</v>
       </c>
       <c r="K14" s="81"/>
     </row>
     <row r="15" spans="1:11">
-      <c r="A15" s="96"/>
-      <c r="B15" s="101"/>
+      <c r="A15" s="107"/>
+      <c r="B15" s="111"/>
       <c r="C15" s="64">
         <v>2024</v>
       </c>
       <c r="D15" s="65">
         <f t="shared" si="0"/>
         <v>47093</v>
       </c>
       <c r="E15" s="66">
         <v>39</v>
       </c>
       <c r="F15" s="84">
         <v>0</v>
       </c>
       <c r="G15" s="84">
         <v>0</v>
       </c>
       <c r="H15" s="84">
         <v>1603</v>
       </c>
       <c r="I15" s="84">
         <v>45288</v>
       </c>
       <c r="J15" s="85">
         <v>163</v>
       </c>
       <c r="K15" s="81"/>
     </row>
     <row r="16" spans="1:11">
-      <c r="A16" s="96"/>
-      <c r="B16" s="101"/>
+      <c r="A16" s="107"/>
+      <c r="B16" s="111"/>
       <c r="C16" s="64">
         <v>2023</v>
       </c>
       <c r="D16" s="65">
         <f t="shared" si="0"/>
         <v>6875</v>
       </c>
       <c r="E16" s="66">
         <v>404</v>
       </c>
       <c r="F16" s="84">
         <v>9</v>
       </c>
       <c r="G16" s="84">
         <v>444</v>
       </c>
       <c r="H16" s="84">
         <v>0</v>
       </c>
       <c r="I16" s="84">
         <v>5924</v>
       </c>
       <c r="J16" s="85">
         <v>94</v>
       </c>
       <c r="K16" s="81"/>
     </row>
     <row r="17" spans="1:11">
-      <c r="A17" s="96"/>
-      <c r="B17" s="101"/>
+      <c r="A17" s="107"/>
+      <c r="B17" s="111"/>
       <c r="C17" s="64">
         <v>2022</v>
       </c>
       <c r="D17" s="65">
         <f t="shared" si="0"/>
         <v>7948</v>
       </c>
       <c r="E17" s="66">
         <v>3452</v>
       </c>
       <c r="F17" s="84">
         <v>112</v>
       </c>
       <c r="G17" s="84">
         <v>490</v>
       </c>
       <c r="H17" s="84">
         <v>149</v>
       </c>
       <c r="I17" s="84">
         <v>2444</v>
       </c>
       <c r="J17" s="85">
         <v>1301</v>
       </c>
       <c r="K17" s="81"/>
     </row>
     <row r="18" spans="1:11">
-      <c r="A18" s="96"/>
-      <c r="B18" s="101"/>
+      <c r="A18" s="107"/>
+      <c r="B18" s="111"/>
       <c r="C18" s="64">
         <v>2021</v>
       </c>
       <c r="D18" s="65">
         <f t="shared" si="0"/>
         <v>1676</v>
       </c>
       <c r="E18" s="66"/>
       <c r="F18" s="84"/>
       <c r="G18" s="84"/>
       <c r="H18" s="84"/>
       <c r="I18" s="84">
         <v>1676</v>
       </c>
       <c r="J18" s="85"/>
       <c r="K18" s="81"/>
     </row>
     <row r="19" spans="1:11">
-      <c r="A19" s="96"/>
-      <c r="B19" s="101"/>
+      <c r="A19" s="107"/>
+      <c r="B19" s="111"/>
       <c r="C19" s="64">
         <v>2020</v>
       </c>
       <c r="D19" s="65">
         <f t="shared" si="0"/>
         <v>779</v>
       </c>
       <c r="E19" s="66"/>
       <c r="F19" s="84"/>
       <c r="G19" s="84"/>
       <c r="H19" s="84"/>
       <c r="I19" s="84">
         <v>779</v>
       </c>
       <c r="J19" s="85"/>
       <c r="K19" s="81"/>
     </row>
     <row r="20" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A20" s="97"/>
-      <c r="B20" s="101"/>
+      <c r="A20" s="116"/>
+      <c r="B20" s="111"/>
       <c r="C20" s="64">
         <v>2019</v>
       </c>
       <c r="D20" s="65">
         <f t="shared" si="0"/>
         <v>433</v>
       </c>
       <c r="E20" s="66"/>
       <c r="F20" s="84"/>
       <c r="G20" s="84"/>
       <c r="H20" s="84"/>
       <c r="I20" s="84">
         <v>433</v>
       </c>
       <c r="J20" s="85"/>
       <c r="K20" s="81"/>
     </row>
     <row r="21" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A21" s="102" t="s">
+      <c r="A21" s="112" t="s">
         <v>98</v>
       </c>
-      <c r="B21" s="98" t="s">
+      <c r="B21" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C21" s="99"/>
+      <c r="C21" s="109"/>
       <c r="D21" s="92">
         <f t="shared" si="0"/>
         <v>398323</v>
       </c>
       <c r="E21" s="92">
         <f>SUM(E22:E28)</f>
         <v>11899</v>
       </c>
       <c r="F21" s="92">
         <f t="shared" ref="F21:J21" si="3">SUM(F22:F28)</f>
         <v>1240</v>
       </c>
       <c r="G21" s="92">
         <f t="shared" si="3"/>
         <v>11619</v>
       </c>
       <c r="H21" s="92">
         <f t="shared" si="3"/>
         <v>12969</v>
       </c>
       <c r="I21" s="92">
         <f t="shared" si="3"/>
         <v>329319</v>
       </c>
       <c r="J21" s="93">
         <f t="shared" si="3"/>
         <v>31277</v>
       </c>
       <c r="K21" s="81"/>
     </row>
     <row r="22" spans="1:11" ht="15" customHeight="1">
-      <c r="A22" s="103"/>
-      <c r="B22" s="100" t="s">
+      <c r="A22" s="113"/>
+      <c r="B22" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C22" s="61">
         <v>2025</v>
       </c>
       <c r="D22" s="62">
         <f t="shared" si="0"/>
         <v>327166</v>
       </c>
       <c r="E22" s="63">
         <v>7924</v>
       </c>
       <c r="F22" s="82">
         <v>1119</v>
       </c>
       <c r="G22" s="82">
         <v>9023</v>
       </c>
       <c r="H22" s="82">
         <v>11090</v>
       </c>
       <c r="I22" s="82">
         <v>268323</v>
       </c>
       <c r="J22" s="83">
         <v>29687</v>
       </c>
       <c r="K22" s="81"/>
     </row>
     <row r="23" spans="1:11">
-      <c r="A23" s="103"/>
-      <c r="B23" s="101"/>
+      <c r="A23" s="113"/>
+      <c r="B23" s="111"/>
       <c r="C23" s="64">
         <v>2024</v>
       </c>
       <c r="D23" s="65">
         <f t="shared" si="0"/>
         <v>52811</v>
       </c>
       <c r="E23" s="66">
         <v>39</v>
       </c>
       <c r="F23" s="84">
         <v>0</v>
       </c>
       <c r="G23" s="84">
         <v>1662</v>
       </c>
       <c r="H23" s="84">
         <v>1730</v>
       </c>
       <c r="I23" s="84">
         <v>49185</v>
       </c>
       <c r="J23" s="85">
         <v>195</v>
       </c>
       <c r="K23" s="81"/>
     </row>
     <row r="24" spans="1:11">
-      <c r="A24" s="103"/>
-      <c r="B24" s="101"/>
+      <c r="A24" s="113"/>
+      <c r="B24" s="111"/>
       <c r="C24" s="64">
         <v>2023</v>
       </c>
       <c r="D24" s="65">
         <f t="shared" si="0"/>
         <v>7246</v>
       </c>
       <c r="E24" s="66">
         <v>414</v>
       </c>
       <c r="F24" s="84">
         <v>9</v>
       </c>
       <c r="G24" s="84">
         <v>444</v>
       </c>
       <c r="H24" s="84">
         <v>0</v>
       </c>
       <c r="I24" s="84">
         <v>6285</v>
       </c>
       <c r="J24" s="85">
         <v>94</v>
       </c>
       <c r="K24" s="81"/>
     </row>
     <row r="25" spans="1:11">
-      <c r="A25" s="103"/>
-      <c r="B25" s="101"/>
+      <c r="A25" s="113"/>
+      <c r="B25" s="111"/>
       <c r="C25" s="64">
         <v>2022</v>
       </c>
       <c r="D25" s="65">
         <f t="shared" si="0"/>
         <v>8148</v>
       </c>
       <c r="E25" s="66">
         <v>3522</v>
       </c>
       <c r="F25" s="84">
         <v>112</v>
       </c>
       <c r="G25" s="84">
         <v>490</v>
       </c>
       <c r="H25" s="84">
         <v>149</v>
       </c>
       <c r="I25" s="84">
         <v>2574</v>
       </c>
       <c r="J25" s="85">
         <v>1301</v>
       </c>
       <c r="K25" s="81"/>
     </row>
     <row r="26" spans="1:11">
-      <c r="A26" s="103"/>
-      <c r="B26" s="101"/>
+      <c r="A26" s="113"/>
+      <c r="B26" s="111"/>
       <c r="C26" s="64">
         <v>2021</v>
       </c>
       <c r="D26" s="65">
         <f t="shared" si="0"/>
         <v>1715</v>
       </c>
       <c r="E26" s="66"/>
       <c r="F26" s="84"/>
       <c r="G26" s="84"/>
       <c r="H26" s="84"/>
       <c r="I26" s="84">
         <v>1715</v>
       </c>
       <c r="J26" s="85"/>
       <c r="K26" s="81"/>
     </row>
     <row r="27" spans="1:11">
-      <c r="A27" s="103"/>
-      <c r="B27" s="101"/>
+      <c r="A27" s="113"/>
+      <c r="B27" s="111"/>
       <c r="C27" s="64">
         <v>2020</v>
       </c>
       <c r="D27" s="65">
         <f t="shared" si="0"/>
         <v>793</v>
       </c>
       <c r="E27" s="66"/>
       <c r="F27" s="84"/>
       <c r="G27" s="84"/>
       <c r="H27" s="84"/>
       <c r="I27" s="84">
         <v>793</v>
       </c>
       <c r="J27" s="85"/>
       <c r="K27" s="81"/>
     </row>
     <row r="28" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A28" s="104"/>
-      <c r="B28" s="101"/>
+      <c r="A28" s="114"/>
+      <c r="B28" s="111"/>
       <c r="C28" s="64">
         <v>2019</v>
       </c>
       <c r="D28" s="65">
         <f t="shared" si="0"/>
         <v>444</v>
       </c>
       <c r="E28" s="66"/>
       <c r="F28" s="84"/>
       <c r="G28" s="84"/>
       <c r="H28" s="84"/>
       <c r="I28" s="84">
         <v>444</v>
       </c>
       <c r="J28" s="85"/>
       <c r="K28" s="81"/>
     </row>
     <row r="29" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A29" s="102" t="s">
+      <c r="A29" s="112" t="s">
         <v>97</v>
       </c>
-      <c r="B29" s="98" t="s">
+      <c r="B29" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C29" s="99"/>
+      <c r="C29" s="109"/>
       <c r="D29" s="92">
         <f t="shared" si="0"/>
         <v>433921</v>
       </c>
       <c r="E29" s="92">
         <f>SUM(E30:E36)</f>
         <v>13359</v>
       </c>
       <c r="F29" s="92">
         <f t="shared" ref="F29:J29" si="4">SUM(F30:F36)</f>
         <v>1724</v>
       </c>
       <c r="G29" s="92">
         <f t="shared" si="4"/>
         <v>15611</v>
       </c>
       <c r="H29" s="92">
         <f t="shared" si="4"/>
         <v>25629</v>
       </c>
       <c r="I29" s="92">
         <f t="shared" si="4"/>
         <v>341852</v>
       </c>
       <c r="J29" s="93">
         <f t="shared" si="4"/>
         <v>35746</v>
       </c>
       <c r="K29" s="81"/>
     </row>
     <row r="30" spans="1:11" ht="15" customHeight="1">
-      <c r="A30" s="103"/>
-      <c r="B30" s="100" t="s">
+      <c r="A30" s="113"/>
+      <c r="B30" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C30" s="61">
         <v>2025</v>
       </c>
       <c r="D30" s="62">
         <f t="shared" si="0"/>
         <v>344528</v>
       </c>
       <c r="E30" s="63">
         <v>6344</v>
       </c>
       <c r="F30" s="82">
         <v>1603</v>
       </c>
       <c r="G30" s="82">
         <v>10221</v>
       </c>
       <c r="H30" s="82">
         <v>22170</v>
       </c>
       <c r="I30" s="82">
         <v>270654</v>
       </c>
       <c r="J30" s="83">
         <v>33536</v>
       </c>
       <c r="K30" s="81"/>
     </row>
     <row r="31" spans="1:11">
-      <c r="A31" s="103"/>
-      <c r="B31" s="101"/>
+      <c r="A31" s="113"/>
+      <c r="B31" s="111"/>
       <c r="C31" s="64">
         <v>2024</v>
       </c>
       <c r="D31" s="65">
         <f t="shared" si="0"/>
         <v>69902</v>
       </c>
       <c r="E31" s="66">
         <v>2932</v>
       </c>
       <c r="F31" s="84">
         <v>0</v>
       </c>
       <c r="G31" s="84">
         <v>4455</v>
       </c>
       <c r="H31" s="84">
         <v>3310</v>
       </c>
       <c r="I31" s="84">
         <v>58676</v>
       </c>
       <c r="J31" s="85">
         <v>529</v>
       </c>
       <c r="K31" s="81"/>
     </row>
     <row r="32" spans="1:11">
-      <c r="A32" s="103"/>
-      <c r="B32" s="101"/>
+      <c r="A32" s="113"/>
+      <c r="B32" s="111"/>
       <c r="C32" s="64">
         <v>2023</v>
       </c>
       <c r="D32" s="65">
         <f t="shared" si="0"/>
         <v>8018</v>
       </c>
       <c r="E32" s="66">
         <v>457</v>
       </c>
       <c r="F32" s="84">
         <v>9</v>
       </c>
       <c r="G32" s="84">
         <v>445</v>
       </c>
       <c r="H32" s="84">
         <v>0</v>
       </c>
       <c r="I32" s="84">
         <v>6736</v>
       </c>
       <c r="J32" s="85">
         <v>371</v>
       </c>
       <c r="K32" s="81"/>
     </row>
     <row r="33" spans="1:11">
-      <c r="A33" s="103"/>
-      <c r="B33" s="101"/>
+      <c r="A33" s="113"/>
+      <c r="B33" s="111"/>
       <c r="C33" s="64">
         <v>2022</v>
       </c>
       <c r="D33" s="65">
         <f t="shared" si="0"/>
         <v>8443</v>
       </c>
       <c r="E33" s="66">
         <v>3626</v>
       </c>
       <c r="F33" s="84">
         <v>112</v>
       </c>
       <c r="G33" s="84">
         <v>490</v>
       </c>
       <c r="H33" s="84">
         <v>149</v>
       </c>
       <c r="I33" s="84">
         <v>2756</v>
       </c>
       <c r="J33" s="85">
         <v>1310</v>
       </c>
       <c r="K33" s="81"/>
     </row>
     <row r="34" spans="1:11">
-      <c r="A34" s="103"/>
-      <c r="B34" s="101"/>
+      <c r="A34" s="113"/>
+      <c r="B34" s="111"/>
       <c r="C34" s="64">
         <v>2021</v>
       </c>
       <c r="D34" s="65">
         <f t="shared" si="0"/>
         <v>1773</v>
       </c>
       <c r="E34" s="66"/>
       <c r="F34" s="84"/>
       <c r="G34" s="84"/>
       <c r="H34" s="84"/>
       <c r="I34" s="84">
         <v>1773</v>
       </c>
       <c r="J34" s="85"/>
       <c r="K34" s="81"/>
     </row>
     <row r="35" spans="1:11">
-      <c r="A35" s="103"/>
-      <c r="B35" s="101"/>
+      <c r="A35" s="113"/>
+      <c r="B35" s="111"/>
       <c r="C35" s="64">
         <v>2020</v>
       </c>
       <c r="D35" s="65">
         <f t="shared" si="0"/>
         <v>808</v>
       </c>
       <c r="E35" s="66"/>
       <c r="F35" s="84"/>
       <c r="G35" s="84"/>
       <c r="H35" s="84"/>
       <c r="I35" s="84">
         <v>808</v>
       </c>
       <c r="J35" s="85"/>
       <c r="K35" s="81"/>
     </row>
     <row r="36" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A36" s="104"/>
-      <c r="B36" s="101"/>
+      <c r="A36" s="114"/>
+      <c r="B36" s="111"/>
       <c r="C36" s="64">
         <v>2019</v>
       </c>
       <c r="D36" s="65">
         <f t="shared" si="0"/>
         <v>449</v>
       </c>
       <c r="E36" s="66"/>
       <c r="F36" s="84"/>
       <c r="G36" s="84"/>
       <c r="H36" s="84"/>
       <c r="I36" s="84">
         <v>449</v>
       </c>
       <c r="J36" s="85"/>
       <c r="K36" s="81"/>
     </row>
     <row r="37" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A37" s="102" t="s">
+      <c r="A37" s="112" t="s">
         <v>96</v>
       </c>
-      <c r="B37" s="98" t="s">
+      <c r="B37" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C37" s="99"/>
+      <c r="C37" s="109"/>
       <c r="D37" s="92">
         <f t="shared" si="0"/>
         <v>381556</v>
       </c>
       <c r="E37" s="92">
         <f>SUM(E38:E43)</f>
         <v>20136</v>
       </c>
       <c r="F37" s="92">
         <f t="shared" ref="F37:J37" si="5">SUM(F38:F43)</f>
         <v>2079</v>
       </c>
       <c r="G37" s="92">
         <f t="shared" si="5"/>
         <v>17039</v>
       </c>
       <c r="H37" s="92">
         <f t="shared" si="5"/>
         <v>5671</v>
       </c>
       <c r="I37" s="92">
         <f t="shared" si="5"/>
         <v>305886</v>
       </c>
       <c r="J37" s="93">
         <f t="shared" si="5"/>
         <v>30745</v>
       </c>
       <c r="K37" s="81"/>
     </row>
     <row r="38" spans="1:11" ht="15" customHeight="1">
-      <c r="A38" s="103"/>
-      <c r="B38" s="100" t="s">
+      <c r="A38" s="113"/>
+      <c r="B38" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C38" s="61">
         <v>2024</v>
       </c>
       <c r="D38" s="62">
         <f>SUM(E38,F38:G38,H38:J38)</f>
         <v>360833</v>
       </c>
       <c r="E38" s="63">
         <v>16008</v>
       </c>
       <c r="F38" s="82">
         <v>1958</v>
       </c>
       <c r="G38" s="82">
         <v>15929</v>
       </c>
       <c r="H38" s="82">
         <v>5522</v>
       </c>
       <c r="I38" s="82">
         <v>292352</v>
       </c>
       <c r="J38" s="83">
         <v>29064</v>
       </c>
       <c r="K38" s="81"/>
     </row>
     <row r="39" spans="1:11">
-      <c r="A39" s="103"/>
-      <c r="B39" s="101"/>
+      <c r="A39" s="113"/>
+      <c r="B39" s="111"/>
       <c r="C39" s="64">
         <v>2023</v>
       </c>
       <c r="D39" s="65">
         <f>SUM(E39,F39:G39,H39:J39)</f>
         <v>8967</v>
       </c>
       <c r="E39" s="66">
         <v>501</v>
       </c>
       <c r="F39" s="84">
         <v>9</v>
       </c>
       <c r="G39" s="84">
         <v>620</v>
       </c>
       <c r="H39" s="84">
         <v>0</v>
       </c>
       <c r="I39" s="84">
         <v>7466</v>
       </c>
       <c r="J39" s="85">
         <v>371</v>
       </c>
       <c r="K39" s="81"/>
     </row>
     <row r="40" spans="1:11">
-      <c r="A40" s="103"/>
-      <c r="B40" s="101"/>
+      <c r="A40" s="113"/>
+      <c r="B40" s="111"/>
       <c r="C40" s="64">
         <v>2022</v>
       </c>
       <c r="D40" s="65">
         <f>SUM(E40,F40:G40,H40:J40)</f>
         <v>8641</v>
       </c>
       <c r="E40" s="66">
         <v>3627</v>
       </c>
       <c r="F40" s="84">
         <v>112</v>
       </c>
       <c r="G40" s="84">
         <v>490</v>
       </c>
       <c r="H40" s="84">
         <v>149</v>
       </c>
       <c r="I40" s="84">
         <v>2953</v>
       </c>
       <c r="J40" s="85">
         <v>1310</v>
       </c>
       <c r="K40" s="81"/>
     </row>
     <row r="41" spans="1:11">
-      <c r="A41" s="103"/>
-      <c r="B41" s="101"/>
+      <c r="A41" s="113"/>
+      <c r="B41" s="111"/>
       <c r="C41" s="64">
         <v>2021</v>
       </c>
       <c r="D41" s="65">
         <f>SUM(E41,F41:G41,H41:J41)</f>
         <v>1829</v>
       </c>
       <c r="E41" s="66"/>
       <c r="F41" s="84"/>
       <c r="G41" s="84"/>
       <c r="H41" s="84"/>
       <c r="I41" s="84">
         <v>1829</v>
       </c>
       <c r="J41" s="85"/>
       <c r="K41" s="81"/>
     </row>
     <row r="42" spans="1:11">
-      <c r="A42" s="103"/>
-      <c r="B42" s="101"/>
+      <c r="A42" s="113"/>
+      <c r="B42" s="111"/>
       <c r="C42" s="64">
         <v>2020</v>
       </c>
       <c r="D42" s="65">
         <f t="shared" ref="D42:D43" si="6">SUM(E42,F42:G42,H42:J42)</f>
         <v>825</v>
       </c>
       <c r="E42" s="66"/>
       <c r="F42" s="84"/>
       <c r="G42" s="84"/>
       <c r="H42" s="84"/>
       <c r="I42" s="84">
         <v>825</v>
       </c>
       <c r="J42" s="85"/>
       <c r="K42" s="81"/>
     </row>
     <row r="43" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A43" s="104"/>
-      <c r="B43" s="101"/>
+      <c r="A43" s="114"/>
+      <c r="B43" s="111"/>
       <c r="C43" s="64">
         <v>2019</v>
       </c>
       <c r="D43" s="65">
         <f t="shared" si="6"/>
         <v>461</v>
       </c>
       <c r="E43" s="66"/>
       <c r="F43" s="66"/>
       <c r="G43" s="66"/>
       <c r="H43" s="66"/>
       <c r="I43" s="84">
         <v>461</v>
       </c>
       <c r="J43" s="85"/>
       <c r="K43" s="81"/>
     </row>
     <row r="44" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A44" s="102" t="s">
+      <c r="A44" s="112" t="s">
         <v>95</v>
       </c>
-      <c r="B44" s="98" t="s">
+      <c r="B44" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C44" s="99"/>
+      <c r="C44" s="109"/>
       <c r="D44" s="92">
         <f>SUM(E44:J44)</f>
         <v>379717</v>
       </c>
       <c r="E44" s="92">
         <f>SUM(E45:E50)</f>
         <v>14248</v>
       </c>
       <c r="F44" s="92">
         <f t="shared" ref="F44:J44" si="7">SUM(F45:F50)</f>
         <v>1889</v>
       </c>
       <c r="G44" s="92">
         <f t="shared" si="7"/>
         <v>18657</v>
       </c>
       <c r="H44" s="92">
         <f t="shared" si="7"/>
         <v>58087</v>
       </c>
       <c r="I44" s="92">
         <f t="shared" si="7"/>
         <v>257176</v>
       </c>
       <c r="J44" s="93">
         <f t="shared" si="7"/>
         <v>29660</v>
       </c>
       <c r="K44" s="81"/>
     </row>
     <row r="45" spans="1:11" ht="15" customHeight="1">
-      <c r="A45" s="103"/>
-      <c r="B45" s="100" t="s">
+      <c r="A45" s="113"/>
+      <c r="B45" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C45" s="61">
         <v>2024</v>
       </c>
       <c r="D45" s="62">
         <f t="shared" ref="D45:D50" si="8">SUM(E45,F45:G45,H45:J45)</f>
         <v>349013</v>
       </c>
       <c r="E45" s="63">
         <v>7380</v>
       </c>
       <c r="F45" s="82">
         <v>1761</v>
       </c>
       <c r="G45" s="82">
         <v>15957</v>
       </c>
       <c r="H45" s="82">
         <v>53925</v>
       </c>
       <c r="I45" s="82">
         <v>242013</v>
       </c>
       <c r="J45" s="83">
         <v>27977</v>
       </c>
       <c r="K45" s="81"/>
     </row>
     <row r="46" spans="1:11">
-      <c r="A46" s="103"/>
-      <c r="B46" s="101"/>
+      <c r="A46" s="113"/>
+      <c r="B46" s="111"/>
       <c r="C46" s="64">
         <v>2023</v>
       </c>
       <c r="D46" s="65">
         <f t="shared" si="8"/>
         <v>18562</v>
       </c>
       <c r="E46" s="66">
         <v>3239</v>
       </c>
       <c r="F46" s="84">
         <v>10</v>
       </c>
       <c r="G46" s="84">
         <v>2210</v>
       </c>
       <c r="H46" s="84">
         <v>4013</v>
       </c>
       <c r="I46" s="84">
         <v>8717</v>
       </c>
       <c r="J46" s="85">
         <v>373</v>
       </c>
       <c r="K46" s="81"/>
     </row>
     <row r="47" spans="1:11">
-      <c r="A47" s="103"/>
-      <c r="B47" s="101"/>
+      <c r="A47" s="113"/>
+      <c r="B47" s="111"/>
       <c r="C47" s="64">
         <v>2022</v>
       </c>
       <c r="D47" s="65">
         <f t="shared" si="8"/>
         <v>8908</v>
       </c>
       <c r="E47" s="66">
         <v>3629</v>
       </c>
       <c r="F47" s="84">
         <v>118</v>
       </c>
       <c r="G47" s="84">
         <v>490</v>
       </c>
       <c r="H47" s="84">
         <v>149</v>
       </c>
       <c r="I47" s="84">
         <v>3212</v>
       </c>
       <c r="J47" s="85">
         <v>1310</v>
       </c>
       <c r="K47" s="81"/>
     </row>
     <row r="48" spans="1:11">
-      <c r="A48" s="103"/>
-      <c r="B48" s="101"/>
+      <c r="A48" s="113"/>
+      <c r="B48" s="111"/>
       <c r="C48" s="64">
         <v>2021</v>
       </c>
       <c r="D48" s="65">
         <f t="shared" si="8"/>
         <v>1916</v>
       </c>
       <c r="E48" s="66"/>
       <c r="F48" s="84"/>
       <c r="G48" s="84"/>
       <c r="H48" s="84"/>
       <c r="I48" s="84">
         <v>1916</v>
       </c>
       <c r="J48" s="85"/>
       <c r="K48" s="81"/>
     </row>
     <row r="49" spans="1:11">
-      <c r="A49" s="103"/>
-      <c r="B49" s="101"/>
+      <c r="A49" s="113"/>
+      <c r="B49" s="111"/>
       <c r="C49" s="64">
         <v>2020</v>
       </c>
       <c r="D49" s="65">
         <f t="shared" si="8"/>
         <v>851</v>
       </c>
       <c r="E49" s="66"/>
       <c r="F49" s="84"/>
       <c r="G49" s="84"/>
       <c r="H49" s="84"/>
       <c r="I49" s="84">
         <v>851</v>
       </c>
       <c r="J49" s="85"/>
       <c r="K49" s="81"/>
     </row>
     <row r="50" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A50" s="104"/>
-      <c r="B50" s="108"/>
+      <c r="A50" s="114"/>
+      <c r="B50" s="115"/>
       <c r="C50" s="67">
         <v>2019</v>
       </c>
       <c r="D50" s="68">
         <f t="shared" si="8"/>
         <v>467</v>
       </c>
       <c r="E50" s="69"/>
       <c r="F50" s="86"/>
       <c r="G50" s="86"/>
       <c r="H50" s="86"/>
       <c r="I50" s="86">
         <v>467</v>
       </c>
       <c r="J50" s="87"/>
       <c r="K50" s="81"/>
     </row>
     <row r="51" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A51" s="102" t="s">
+      <c r="A51" s="112" t="s">
         <v>94</v>
       </c>
-      <c r="B51" s="98" t="s">
+      <c r="B51" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C51" s="99"/>
+      <c r="C51" s="109"/>
       <c r="D51" s="92">
         <f>SUM(E51:J51)</f>
         <v>341484</v>
       </c>
       <c r="E51" s="92">
         <f>SUM(E52:E57)</f>
         <v>12643</v>
       </c>
       <c r="F51" s="92">
         <f t="shared" ref="F51:J51" si="9">SUM(F52:F57)</f>
         <v>936</v>
       </c>
       <c r="G51" s="92">
         <f t="shared" si="9"/>
         <v>15949</v>
       </c>
       <c r="H51" s="92">
         <f t="shared" si="9"/>
         <v>57302</v>
       </c>
       <c r="I51" s="92">
         <f t="shared" si="9"/>
         <v>231216</v>
       </c>
       <c r="J51" s="93">
         <f t="shared" si="9"/>
         <v>23438</v>
       </c>
       <c r="K51" s="81"/>
     </row>
     <row r="52" spans="1:11" ht="15" customHeight="1">
-      <c r="A52" s="103"/>
-      <c r="B52" s="100" t="s">
+      <c r="A52" s="113"/>
+      <c r="B52" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C52" s="61">
         <v>2024</v>
       </c>
       <c r="D52" s="62">
         <f t="shared" ref="D52:D57" si="10">SUM(E52,F52:G52,H52:J52)</f>
         <v>307861</v>
       </c>
       <c r="E52" s="63">
         <v>5775</v>
       </c>
       <c r="F52" s="82">
         <v>808</v>
       </c>
       <c r="G52" s="82">
         <v>13086</v>
       </c>
       <c r="H52" s="82">
         <v>53030</v>
       </c>
       <c r="I52" s="82">
         <v>213411</v>
       </c>
       <c r="J52" s="83">
         <v>21751</v>
       </c>
       <c r="K52" s="81"/>
     </row>
     <row r="53" spans="1:11">
-      <c r="A53" s="103"/>
-      <c r="B53" s="101"/>
+      <c r="A53" s="113"/>
+      <c r="B53" s="111"/>
       <c r="C53" s="64">
         <v>2023</v>
       </c>
       <c r="D53" s="65">
         <f t="shared" si="10"/>
         <v>20960</v>
       </c>
       <c r="E53" s="66">
         <v>3239</v>
       </c>
       <c r="F53" s="84">
         <v>10</v>
       </c>
       <c r="G53" s="84">
         <v>2371</v>
       </c>
       <c r="H53" s="84">
         <v>4123</v>
       </c>
       <c r="I53" s="84">
         <v>10842</v>
       </c>
       <c r="J53" s="85">
         <v>375</v>
       </c>
       <c r="K53" s="81"/>
     </row>
     <row r="54" spans="1:11">
-      <c r="A54" s="103"/>
-      <c r="B54" s="101"/>
+      <c r="A54" s="113"/>
+      <c r="B54" s="111"/>
       <c r="C54" s="64">
         <v>2022</v>
       </c>
       <c r="D54" s="65">
         <f t="shared" si="10"/>
         <v>9239</v>
       </c>
       <c r="E54" s="66">
         <v>3629</v>
       </c>
       <c r="F54" s="84">
         <v>118</v>
       </c>
       <c r="G54" s="84">
         <v>492</v>
       </c>
       <c r="H54" s="84">
         <v>149</v>
       </c>
       <c r="I54" s="84">
         <v>3539</v>
       </c>
       <c r="J54" s="85">
         <v>1312</v>
       </c>
       <c r="K54" s="81"/>
     </row>
     <row r="55" spans="1:11">
-      <c r="A55" s="103"/>
-      <c r="B55" s="101"/>
+      <c r="A55" s="113"/>
+      <c r="B55" s="111"/>
       <c r="C55" s="64">
         <v>2021</v>
       </c>
       <c r="D55" s="65">
         <f t="shared" si="10"/>
         <v>2058</v>
       </c>
       <c r="E55" s="66"/>
       <c r="F55" s="84"/>
       <c r="G55" s="84"/>
       <c r="H55" s="84"/>
       <c r="I55" s="84">
         <v>2058</v>
       </c>
       <c r="J55" s="85"/>
       <c r="K55" s="81"/>
     </row>
     <row r="56" spans="1:11">
-      <c r="A56" s="103"/>
-      <c r="B56" s="101"/>
+      <c r="A56" s="113"/>
+      <c r="B56" s="111"/>
       <c r="C56" s="64">
         <v>2020</v>
       </c>
       <c r="D56" s="65">
         <f t="shared" si="10"/>
         <v>884</v>
       </c>
       <c r="E56" s="66"/>
       <c r="F56" s="84"/>
       <c r="G56" s="84"/>
       <c r="H56" s="84"/>
       <c r="I56" s="84">
         <v>884</v>
       </c>
       <c r="J56" s="85"/>
       <c r="K56" s="81"/>
     </row>
     <row r="57" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A57" s="104"/>
-      <c r="B57" s="108"/>
+      <c r="A57" s="114"/>
+      <c r="B57" s="115"/>
       <c r="C57" s="67">
         <v>2019</v>
       </c>
       <c r="D57" s="68">
         <f t="shared" si="10"/>
         <v>482</v>
       </c>
       <c r="E57" s="69"/>
       <c r="F57" s="86"/>
       <c r="G57" s="86"/>
       <c r="H57" s="86"/>
       <c r="I57" s="86">
         <v>482</v>
       </c>
       <c r="J57" s="87"/>
       <c r="K57" s="81"/>
     </row>
     <row r="58" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A58" s="102" t="s">
+      <c r="A58" s="112" t="s">
         <v>93</v>
       </c>
-      <c r="B58" s="98" t="s">
+      <c r="B58" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C58" s="99"/>
+      <c r="C58" s="109"/>
       <c r="D58" s="92">
         <f>SUM(E58:J58)</f>
         <v>311286</v>
       </c>
       <c r="E58" s="92">
         <f>SUM(E59:E64)</f>
         <v>14384</v>
       </c>
       <c r="F58" s="92">
         <f t="shared" ref="F58:J58" si="11">SUM(F59:F64)</f>
         <v>3608</v>
       </c>
       <c r="G58" s="92">
         <f t="shared" si="11"/>
         <v>13229</v>
       </c>
       <c r="H58" s="92">
         <f t="shared" si="11"/>
         <v>62337</v>
       </c>
       <c r="I58" s="92">
         <f t="shared" si="11"/>
         <v>192178</v>
       </c>
       <c r="J58" s="93">
         <f t="shared" si="11"/>
         <v>25550</v>
       </c>
       <c r="K58" s="81"/>
     </row>
     <row r="59" spans="1:11" ht="15" customHeight="1">
-      <c r="A59" s="103"/>
-      <c r="B59" s="100" t="s">
+      <c r="A59" s="113"/>
+      <c r="B59" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C59" s="61">
         <v>2024</v>
       </c>
       <c r="D59" s="62">
         <f t="shared" ref="D59:D64" si="12">SUM(E59,F59:G59,H59:J59)</f>
         <v>267691</v>
       </c>
       <c r="E59" s="63">
         <v>6678</v>
       </c>
       <c r="F59" s="82">
         <v>3480</v>
       </c>
       <c r="G59" s="82">
         <v>10102</v>
       </c>
       <c r="H59" s="82">
         <v>57176</v>
       </c>
       <c r="I59" s="82">
         <v>166435</v>
       </c>
       <c r="J59" s="83">
         <v>23820</v>
       </c>
       <c r="K59" s="81"/>
     </row>
     <row r="60" spans="1:11">
-      <c r="A60" s="103"/>
-      <c r="B60" s="101"/>
+      <c r="A60" s="113"/>
+      <c r="B60" s="111"/>
       <c r="C60" s="64">
         <v>2023</v>
       </c>
       <c r="D60" s="65">
         <f t="shared" si="12"/>
         <v>30167</v>
       </c>
       <c r="E60" s="66">
         <v>4078</v>
       </c>
       <c r="F60" s="84">
         <v>10</v>
       </c>
       <c r="G60" s="84">
         <v>2634</v>
       </c>
       <c r="H60" s="84">
         <v>5012</v>
       </c>
       <c r="I60" s="84">
         <v>18015</v>
       </c>
       <c r="J60" s="85">
         <v>418</v>
       </c>
       <c r="K60" s="81"/>
     </row>
     <row r="61" spans="1:11">
-      <c r="A61" s="103"/>
-      <c r="B61" s="101"/>
+      <c r="A61" s="113"/>
+      <c r="B61" s="111"/>
       <c r="C61" s="64">
         <v>2022</v>
       </c>
       <c r="D61" s="65">
         <f t="shared" si="12"/>
         <v>9784</v>
       </c>
       <c r="E61" s="66">
         <v>3628</v>
       </c>
       <c r="F61" s="84">
         <v>118</v>
       </c>
       <c r="G61" s="84">
         <v>493</v>
       </c>
       <c r="H61" s="84">
         <v>149</v>
       </c>
       <c r="I61" s="84">
         <v>4084</v>
       </c>
       <c r="J61" s="85">
         <v>1312</v>
       </c>
       <c r="K61" s="81"/>
     </row>
     <row r="62" spans="1:11">
-      <c r="A62" s="103"/>
-      <c r="B62" s="101"/>
+      <c r="A62" s="113"/>
+      <c r="B62" s="111"/>
       <c r="C62" s="64">
         <v>2021</v>
       </c>
       <c r="D62" s="65">
         <f t="shared" si="12"/>
         <v>2204</v>
       </c>
       <c r="E62" s="66"/>
       <c r="F62" s="84"/>
       <c r="G62" s="84"/>
       <c r="H62" s="84"/>
       <c r="I62" s="84">
         <v>2204</v>
       </c>
       <c r="J62" s="85"/>
       <c r="K62" s="81"/>
     </row>
     <row r="63" spans="1:11">
-      <c r="A63" s="103"/>
-      <c r="B63" s="101"/>
+      <c r="A63" s="113"/>
+      <c r="B63" s="111"/>
       <c r="C63" s="64">
         <v>2020</v>
       </c>
       <c r="D63" s="65">
         <f t="shared" si="12"/>
         <v>941</v>
       </c>
       <c r="E63" s="66"/>
       <c r="F63" s="84"/>
       <c r="G63" s="84"/>
       <c r="H63" s="84"/>
       <c r="I63" s="84">
         <v>941</v>
       </c>
       <c r="J63" s="85"/>
       <c r="K63" s="81"/>
     </row>
     <row r="64" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A64" s="104"/>
-      <c r="B64" s="108"/>
+      <c r="A64" s="114"/>
+      <c r="B64" s="115"/>
       <c r="C64" s="67">
         <v>2019</v>
       </c>
       <c r="D64" s="68">
         <f t="shared" si="12"/>
         <v>499</v>
       </c>
       <c r="E64" s="69"/>
       <c r="F64" s="86"/>
       <c r="G64" s="86"/>
       <c r="H64" s="86"/>
       <c r="I64" s="86">
         <v>499</v>
       </c>
       <c r="J64" s="87"/>
       <c r="K64" s="81"/>
     </row>
     <row r="65" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A65" s="102" t="s">
+      <c r="A65" s="112" t="s">
         <v>92</v>
       </c>
-      <c r="B65" s="98" t="s">
+      <c r="B65" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C65" s="99"/>
+      <c r="C65" s="109"/>
       <c r="D65" s="92">
         <f>SUM(E65:J65)</f>
         <v>291822</v>
       </c>
       <c r="E65" s="92">
         <f>SUM(E66:E70)</f>
         <v>15206</v>
       </c>
       <c r="F65" s="92">
         <f t="shared" ref="F65:J65" si="13">SUM(F66:F70)</f>
         <v>5362</v>
       </c>
       <c r="G65" s="92">
         <f t="shared" si="13"/>
         <v>15318</v>
       </c>
       <c r="H65" s="92">
         <f t="shared" si="13"/>
         <v>6503</v>
       </c>
       <c r="I65" s="92">
         <f t="shared" si="13"/>
         <v>224585</v>
       </c>
       <c r="J65" s="93">
         <f t="shared" si="13"/>
         <v>24848</v>
       </c>
       <c r="K65" s="81"/>
     </row>
     <row r="66" spans="1:11" ht="15" customHeight="1">
-      <c r="A66" s="103"/>
-      <c r="B66" s="100" t="s">
+      <c r="A66" s="113"/>
+      <c r="B66" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C66" s="61">
         <v>2023</v>
       </c>
       <c r="D66" s="62">
         <f>SUM(E66,F66:G66,H66:J66)</f>
         <v>275564</v>
       </c>
       <c r="E66" s="63">
         <v>11561</v>
       </c>
       <c r="F66" s="82">
         <v>5244</v>
       </c>
       <c r="G66" s="82">
         <v>14813</v>
       </c>
       <c r="H66" s="82">
         <v>6354</v>
       </c>
       <c r="I66" s="82">
         <v>214075</v>
       </c>
       <c r="J66" s="83">
         <v>23517</v>
       </c>
       <c r="K66" s="81"/>
     </row>
     <row r="67" spans="1:11">
-      <c r="A67" s="103"/>
-      <c r="B67" s="101"/>
+      <c r="A67" s="113"/>
+      <c r="B67" s="111"/>
       <c r="C67" s="64">
         <v>2022</v>
       </c>
       <c r="D67" s="65">
         <f>SUM(E67,F67:G67,H67:J67)</f>
         <v>12544</v>
       </c>
       <c r="E67" s="66">
         <v>3645</v>
       </c>
       <c r="F67" s="84">
         <v>118</v>
       </c>
       <c r="G67" s="84">
         <v>505</v>
       </c>
       <c r="H67" s="84">
         <v>149</v>
       </c>
       <c r="I67" s="84">
         <v>6796</v>
       </c>
       <c r="J67" s="85">
         <v>1331</v>
       </c>
       <c r="K67" s="81"/>
     </row>
     <row r="68" spans="1:11">
-      <c r="A68" s="103"/>
-      <c r="B68" s="101"/>
+      <c r="A68" s="113"/>
+      <c r="B68" s="111"/>
       <c r="C68" s="64">
         <v>2021</v>
       </c>
       <c r="D68" s="65">
         <f>SUM(E68,F68:G68,H68:J68)</f>
         <v>2341</v>
       </c>
       <c r="E68" s="66"/>
       <c r="F68" s="84"/>
       <c r="G68" s="84"/>
       <c r="H68" s="84"/>
       <c r="I68" s="84">
         <v>2341</v>
       </c>
       <c r="J68" s="85"/>
       <c r="K68" s="81"/>
     </row>
     <row r="69" spans="1:11">
-      <c r="A69" s="103"/>
-      <c r="B69" s="101"/>
+      <c r="A69" s="113"/>
+      <c r="B69" s="111"/>
       <c r="C69" s="64">
         <v>2020</v>
       </c>
       <c r="D69" s="65">
         <f>SUM(E69,F69:G69,H69:J69)</f>
         <v>866</v>
       </c>
       <c r="E69" s="66"/>
       <c r="F69" s="84"/>
       <c r="G69" s="84"/>
       <c r="H69" s="84"/>
       <c r="I69" s="84">
         <v>866</v>
       </c>
       <c r="J69" s="85"/>
       <c r="K69" s="81"/>
     </row>
     <row r="70" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A70" s="104"/>
-      <c r="B70" s="108"/>
+      <c r="A70" s="114"/>
+      <c r="B70" s="115"/>
       <c r="C70" s="67">
         <v>2019</v>
       </c>
       <c r="D70" s="68">
         <f>SUM(E70,F70:G70,H70:J70)</f>
         <v>507</v>
       </c>
       <c r="E70" s="69"/>
       <c r="F70" s="86"/>
       <c r="G70" s="86"/>
       <c r="H70" s="86"/>
       <c r="I70" s="86">
         <v>507</v>
       </c>
       <c r="J70" s="87"/>
       <c r="K70" s="81"/>
     </row>
     <row r="71" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A71" s="102" t="s">
+      <c r="A71" s="112" t="s">
         <v>89</v>
       </c>
-      <c r="B71" s="98" t="s">
+      <c r="B71" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C71" s="99"/>
+      <c r="C71" s="109"/>
       <c r="D71" s="92">
         <f>SUM(E71:J71)</f>
         <v>239890</v>
       </c>
       <c r="E71" s="92">
         <f>SUM(E72:E76)</f>
         <v>13339</v>
       </c>
       <c r="F71" s="92">
         <f t="shared" ref="F71:J71" si="14">SUM(F72:F76)</f>
         <v>7009</v>
       </c>
       <c r="G71" s="92">
         <f t="shared" si="14"/>
         <v>10415</v>
       </c>
       <c r="H71" s="92">
         <f t="shared" si="14"/>
         <v>9722</v>
       </c>
       <c r="I71" s="92">
         <f t="shared" si="14"/>
         <v>178121</v>
       </c>
       <c r="J71" s="93">
         <f t="shared" si="14"/>
         <v>21284</v>
       </c>
       <c r="K71" s="81"/>
     </row>
     <row r="72" spans="1:11" ht="15" customHeight="1">
-      <c r="A72" s="103"/>
-      <c r="B72" s="100" t="s">
+      <c r="A72" s="113"/>
+      <c r="B72" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C72" s="61">
         <v>2023</v>
       </c>
       <c r="D72" s="62">
         <f>SUM(E72,F72:G72,H72:J72)</f>
         <v>220857</v>
       </c>
       <c r="E72" s="63">
         <v>9573</v>
       </c>
       <c r="F72" s="82">
         <v>6891</v>
       </c>
       <c r="G72" s="82">
         <v>9910</v>
       </c>
       <c r="H72" s="82">
         <v>9558</v>
       </c>
       <c r="I72" s="82">
         <v>165022</v>
       </c>
       <c r="J72" s="83">
         <v>19903</v>
       </c>
       <c r="K72" s="81"/>
     </row>
     <row r="73" spans="1:11">
-      <c r="A73" s="103"/>
-      <c r="B73" s="101"/>
+      <c r="A73" s="113"/>
+      <c r="B73" s="111"/>
       <c r="C73" s="64">
         <v>2022</v>
       </c>
       <c r="D73" s="65">
         <f>SUM(E73,F73:G73,H73:J73)</f>
         <v>15025</v>
       </c>
       <c r="E73" s="66">
         <v>3766</v>
       </c>
       <c r="F73" s="84">
         <v>118</v>
       </c>
       <c r="G73" s="84">
         <v>505</v>
       </c>
       <c r="H73" s="84">
         <v>164</v>
       </c>
       <c r="I73" s="84">
         <v>9091</v>
       </c>
       <c r="J73" s="85">
         <v>1381</v>
       </c>
       <c r="K73" s="81"/>
     </row>
     <row r="74" spans="1:11">
-      <c r="A74" s="103"/>
-      <c r="B74" s="101"/>
+      <c r="A74" s="113"/>
+      <c r="B74" s="111"/>
       <c r="C74" s="64">
         <v>2021</v>
       </c>
       <c r="D74" s="65">
         <f>SUM(E74,F74:G74,H74:J74)</f>
         <v>2591</v>
       </c>
       <c r="E74" s="66"/>
       <c r="F74" s="84"/>
       <c r="G74" s="84"/>
       <c r="H74" s="84"/>
       <c r="I74" s="84">
         <v>2591</v>
       </c>
       <c r="J74" s="85"/>
       <c r="K74" s="81"/>
     </row>
     <row r="75" spans="1:11">
-      <c r="A75" s="103"/>
-      <c r="B75" s="101"/>
+      <c r="A75" s="113"/>
+      <c r="B75" s="111"/>
       <c r="C75" s="64">
         <v>2020</v>
       </c>
       <c r="D75" s="65">
         <f>SUM(E75,F75:G75,H75:J75)</f>
         <v>901</v>
       </c>
       <c r="E75" s="66"/>
       <c r="F75" s="84"/>
       <c r="G75" s="84"/>
       <c r="H75" s="84"/>
       <c r="I75" s="84">
         <v>901</v>
       </c>
       <c r="J75" s="85"/>
       <c r="K75" s="81"/>
     </row>
     <row r="76" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A76" s="104"/>
-      <c r="B76" s="108"/>
+      <c r="A76" s="114"/>
+      <c r="B76" s="115"/>
       <c r="C76" s="67">
         <v>2019</v>
       </c>
       <c r="D76" s="68">
         <f>SUM(E76,F76:G76,H76:J76)</f>
         <v>516</v>
       </c>
       <c r="E76" s="69"/>
       <c r="F76" s="86"/>
       <c r="G76" s="86"/>
       <c r="H76" s="86"/>
       <c r="I76" s="86">
         <v>516</v>
       </c>
       <c r="J76" s="87"/>
       <c r="K76" s="81"/>
     </row>
     <row r="77" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A77" s="102" t="s">
+      <c r="A77" s="112" t="s">
         <v>88</v>
       </c>
-      <c r="B77" s="98" t="s">
+      <c r="B77" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C77" s="99"/>
+      <c r="C77" s="109"/>
       <c r="D77" s="92">
         <f>SUM(E77:J77)</f>
         <v>213472</v>
       </c>
       <c r="E77" s="92">
         <f>SUM(E78:E82)</f>
         <v>13391</v>
       </c>
       <c r="F77" s="92">
         <f t="shared" ref="F77:J77" si="15">SUM(F78:F82)</f>
         <v>1968</v>
       </c>
       <c r="G77" s="92">
         <f t="shared" si="15"/>
         <v>8998</v>
       </c>
       <c r="H77" s="92">
         <f t="shared" si="15"/>
         <v>9984</v>
       </c>
       <c r="I77" s="92">
         <f t="shared" si="15"/>
         <v>164147</v>
       </c>
       <c r="J77" s="93">
         <f t="shared" si="15"/>
         <v>14984</v>
       </c>
       <c r="K77" s="81"/>
     </row>
     <row r="78" spans="1:11" ht="15" customHeight="1">
-      <c r="A78" s="103"/>
-      <c r="B78" s="100" t="s">
+      <c r="A78" s="113"/>
+      <c r="B78" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C78" s="61">
         <v>2023</v>
       </c>
       <c r="D78" s="62">
         <f>SUM(E78,F78:G78,H78:J78)</f>
         <v>189676</v>
       </c>
       <c r="E78" s="63">
         <v>9550</v>
       </c>
       <c r="F78" s="82">
         <v>1850</v>
       </c>
       <c r="G78" s="82">
         <v>7884</v>
       </c>
       <c r="H78" s="82">
         <v>9380</v>
       </c>
       <c r="I78" s="82">
         <v>147501</v>
       </c>
       <c r="J78" s="83">
         <v>13511</v>
       </c>
       <c r="K78" s="81"/>
     </row>
     <row r="79" spans="1:11">
-      <c r="A79" s="103"/>
-      <c r="B79" s="101"/>
+      <c r="A79" s="113"/>
+      <c r="B79" s="111"/>
       <c r="C79" s="64">
         <v>2022</v>
       </c>
       <c r="D79" s="65">
         <f>SUM(E79,F79:G79,H79:J79)</f>
         <v>19423</v>
       </c>
       <c r="E79" s="66">
         <v>3841</v>
       </c>
       <c r="F79" s="84">
         <v>118</v>
       </c>
       <c r="G79" s="84">
         <v>1114</v>
       </c>
       <c r="H79" s="84">
         <v>604</v>
       </c>
       <c r="I79" s="84">
         <v>12273</v>
       </c>
       <c r="J79" s="85">
         <v>1473</v>
       </c>
       <c r="K79" s="81"/>
     </row>
     <row r="80" spans="1:11">
-      <c r="A80" s="103"/>
-      <c r="B80" s="101"/>
+      <c r="A80" s="113"/>
+      <c r="B80" s="111"/>
       <c r="C80" s="64">
         <v>2021</v>
       </c>
       <c r="D80" s="65">
         <f>SUM(E80,F80:G80,H80:J80)</f>
         <v>2899</v>
       </c>
       <c r="E80" s="66"/>
       <c r="F80" s="84"/>
       <c r="G80" s="84"/>
       <c r="H80" s="84"/>
       <c r="I80" s="84">
         <v>2899</v>
       </c>
       <c r="J80" s="85"/>
       <c r="K80" s="81"/>
     </row>
     <row r="81" spans="1:11">
-      <c r="A81" s="103"/>
-      <c r="B81" s="101"/>
+      <c r="A81" s="113"/>
+      <c r="B81" s="111"/>
       <c r="C81" s="64">
         <v>2020</v>
       </c>
       <c r="D81" s="65">
         <f>SUM(E81,F81:G81,H81:J81)</f>
         <v>943</v>
       </c>
       <c r="E81" s="66"/>
       <c r="F81" s="84"/>
       <c r="G81" s="84"/>
       <c r="H81" s="84"/>
       <c r="I81" s="84">
         <v>943</v>
       </c>
       <c r="J81" s="85"/>
       <c r="K81" s="81"/>
     </row>
     <row r="82" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A82" s="104"/>
-      <c r="B82" s="108"/>
+      <c r="A82" s="114"/>
+      <c r="B82" s="115"/>
       <c r="C82" s="67">
         <v>2019</v>
       </c>
       <c r="D82" s="68">
         <f>SUM(E82,F82:G82,H82:J82)</f>
         <v>531</v>
       </c>
       <c r="E82" s="69"/>
       <c r="F82" s="86"/>
       <c r="G82" s="86"/>
       <c r="H82" s="86"/>
       <c r="I82" s="86">
         <v>531</v>
       </c>
       <c r="J82" s="87"/>
       <c r="K82" s="81"/>
     </row>
     <row r="83" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A83" s="102" t="s">
+      <c r="A83" s="112" t="s">
         <v>87</v>
       </c>
-      <c r="B83" s="98" t="s">
+      <c r="B83" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C83" s="99"/>
+      <c r="C83" s="109"/>
       <c r="D83" s="92">
         <f>SUM(E83:J83)</f>
         <v>194346</v>
       </c>
       <c r="E83" s="92">
         <f>SUM(E84:E88)</f>
         <v>13967</v>
       </c>
       <c r="F83" s="92">
         <f t="shared" ref="F83:J83" si="16">SUM(F84:F88)</f>
         <v>3056</v>
       </c>
       <c r="G83" s="92">
         <f t="shared" si="16"/>
         <v>10099</v>
       </c>
       <c r="H83" s="92">
         <f t="shared" si="16"/>
         <v>22129</v>
       </c>
       <c r="I83" s="92">
         <f t="shared" si="16"/>
         <v>129015</v>
       </c>
       <c r="J83" s="93">
         <f t="shared" si="16"/>
         <v>16080</v>
       </c>
       <c r="K83" s="81"/>
     </row>
     <row r="84" spans="1:11" ht="15" customHeight="1">
-      <c r="A84" s="103"/>
-      <c r="B84" s="100" t="s">
+      <c r="A84" s="113"/>
+      <c r="B84" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C84" s="61">
         <v>2023</v>
       </c>
       <c r="D84" s="62">
         <f>SUM(E84,F84:G84,H84:J84)</f>
         <v>161634</v>
       </c>
       <c r="E84" s="82">
         <v>9733</v>
       </c>
       <c r="F84" s="82">
         <v>2938</v>
       </c>
       <c r="G84" s="82">
         <v>8068</v>
       </c>
       <c r="H84" s="82">
         <v>21127</v>
       </c>
       <c r="I84" s="82">
         <v>105254</v>
       </c>
       <c r="J84" s="83">
         <v>14514</v>
       </c>
       <c r="K84" s="81"/>
     </row>
     <row r="85" spans="1:11">
-      <c r="A85" s="103"/>
-      <c r="B85" s="101"/>
+      <c r="A85" s="113"/>
+      <c r="B85" s="111"/>
       <c r="C85" s="64">
         <v>2022</v>
       </c>
       <c r="D85" s="65">
         <f>SUM(E85,F85:G85,H85:J85)</f>
         <v>27951</v>
       </c>
       <c r="E85" s="66">
         <v>4234</v>
       </c>
       <c r="F85" s="84">
         <v>118</v>
       </c>
       <c r="G85" s="84">
         <v>2031</v>
       </c>
       <c r="H85" s="84">
         <v>1002</v>
       </c>
       <c r="I85" s="84">
         <v>19000</v>
       </c>
       <c r="J85" s="85">
         <v>1566</v>
       </c>
       <c r="K85" s="81"/>
     </row>
     <row r="86" spans="1:11">
-      <c r="A86" s="103"/>
-      <c r="B86" s="101"/>
+      <c r="A86" s="113"/>
+      <c r="B86" s="111"/>
       <c r="C86" s="64">
         <v>2021</v>
       </c>
       <c r="D86" s="65">
         <f>SUM(E86,F86:G86,H86:J86)</f>
         <v>3220</v>
       </c>
       <c r="E86" s="66"/>
       <c r="F86" s="84"/>
       <c r="G86" s="84"/>
       <c r="H86" s="84"/>
       <c r="I86" s="84">
         <v>3220</v>
       </c>
       <c r="J86" s="85"/>
       <c r="K86" s="81"/>
     </row>
     <row r="87" spans="1:11">
-      <c r="A87" s="103"/>
-      <c r="B87" s="101"/>
+      <c r="A87" s="113"/>
+      <c r="B87" s="111"/>
       <c r="C87" s="64">
         <v>2020</v>
       </c>
       <c r="D87" s="65">
         <f>SUM(E87,F87:G87,H87:J87)</f>
         <v>984</v>
       </c>
       <c r="E87" s="66"/>
       <c r="F87" s="84"/>
       <c r="G87" s="84"/>
       <c r="H87" s="84"/>
       <c r="I87" s="84">
         <v>984</v>
       </c>
       <c r="J87" s="85"/>
       <c r="K87" s="81"/>
     </row>
     <row r="88" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A88" s="104"/>
-      <c r="B88" s="108"/>
+      <c r="A88" s="114"/>
+      <c r="B88" s="115"/>
       <c r="C88" s="67">
         <v>2019</v>
       </c>
       <c r="D88" s="68">
         <f>SUM(E88,F88:G88,H88:J88)</f>
         <v>557</v>
       </c>
       <c r="E88" s="69"/>
       <c r="F88" s="86"/>
       <c r="G88" s="86"/>
       <c r="H88" s="86"/>
       <c r="I88" s="86">
         <v>557</v>
       </c>
       <c r="J88" s="87"/>
       <c r="K88" s="81"/>
     </row>
     <row r="89" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A89" s="95" t="s">
+      <c r="A89" s="106" t="s">
         <v>85</v>
       </c>
-      <c r="B89" s="98" t="s">
+      <c r="B89" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C89" s="99"/>
+      <c r="C89" s="109"/>
       <c r="D89" s="92">
         <f>SUM(E89:J89)</f>
         <v>157424</v>
       </c>
       <c r="E89" s="92">
         <f>SUM(E90:E93)</f>
         <v>11997</v>
       </c>
       <c r="F89" s="92">
         <f t="shared" ref="F89:J89" si="17">SUM(F90:F93)</f>
         <v>6693</v>
       </c>
       <c r="G89" s="92">
         <f t="shared" si="17"/>
         <v>7060</v>
       </c>
       <c r="H89" s="92">
         <f t="shared" si="17"/>
         <v>2315</v>
       </c>
       <c r="I89" s="92">
         <f t="shared" si="17"/>
         <v>116052</v>
       </c>
       <c r="J89" s="93">
         <f t="shared" si="17"/>
         <v>13307</v>
       </c>
       <c r="K89" s="81"/>
     </row>
     <row r="90" spans="1:11" ht="15" customHeight="1">
-      <c r="A90" s="96"/>
-      <c r="B90" s="100" t="s">
+      <c r="A90" s="107"/>
+      <c r="B90" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C90" s="61">
         <v>2022</v>
       </c>
       <c r="D90" s="62">
         <f>SUM(E90,F90:G90,H90:J90)</f>
         <v>152219</v>
       </c>
       <c r="E90" s="82">
         <v>11997</v>
       </c>
       <c r="F90" s="82">
         <v>6693</v>
       </c>
       <c r="G90" s="82">
         <v>7060</v>
       </c>
       <c r="H90" s="82">
         <v>2315</v>
       </c>
       <c r="I90" s="82">
         <v>110847</v>
       </c>
       <c r="J90" s="83">
         <v>13307</v>
       </c>
       <c r="K90" s="81"/>
     </row>
     <row r="91" spans="1:11">
-      <c r="A91" s="96"/>
-      <c r="B91" s="101"/>
+      <c r="A91" s="107"/>
+      <c r="B91" s="111"/>
       <c r="C91" s="64">
         <v>2021</v>
       </c>
       <c r="D91" s="65">
         <f>SUM(E91,F91:G91,H91:J91)</f>
         <v>3595</v>
       </c>
       <c r="E91" s="84"/>
       <c r="F91" s="84"/>
       <c r="G91" s="84"/>
       <c r="H91" s="84"/>
       <c r="I91" s="84">
         <v>3595</v>
       </c>
       <c r="J91" s="85"/>
       <c r="K91" s="81"/>
     </row>
     <row r="92" spans="1:11">
-      <c r="A92" s="96"/>
-      <c r="B92" s="101"/>
+      <c r="A92" s="107"/>
+      <c r="B92" s="111"/>
       <c r="C92" s="64">
         <v>2020</v>
       </c>
       <c r="D92" s="65">
         <f>SUM(E92,F92:G92,H92:J92)</f>
         <v>1033</v>
       </c>
       <c r="E92" s="84"/>
       <c r="F92" s="84"/>
       <c r="G92" s="84"/>
       <c r="H92" s="84"/>
       <c r="I92" s="84">
         <v>1033</v>
       </c>
       <c r="J92" s="85"/>
       <c r="K92" s="81"/>
     </row>
     <row r="93" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A93" s="109"/>
-      <c r="B93" s="108"/>
+      <c r="A93" s="120"/>
+      <c r="B93" s="115"/>
       <c r="C93" s="67">
         <v>2019</v>
       </c>
       <c r="D93" s="68">
         <f>SUM(E93,F93:G93,H93:J93)</f>
         <v>577</v>
       </c>
       <c r="E93" s="86"/>
       <c r="F93" s="86"/>
       <c r="G93" s="86"/>
       <c r="H93" s="86"/>
       <c r="I93" s="86">
         <v>577</v>
       </c>
       <c r="J93" s="87"/>
       <c r="K93" s="81"/>
     </row>
     <row r="94" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A94" s="102" t="s">
+      <c r="A94" s="112" t="s">
         <v>84</v>
       </c>
-      <c r="B94" s="98" t="s">
+      <c r="B94" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C94" s="99"/>
+      <c r="C94" s="109"/>
       <c r="D94" s="92">
         <f>SUM(E94:J94)</f>
         <v>165132</v>
       </c>
       <c r="E94" s="92">
         <f>SUM(E95:E98)</f>
         <v>12167</v>
       </c>
       <c r="F94" s="92">
         <f t="shared" ref="F94:J94" si="18">SUM(F95:F98)</f>
         <v>2478</v>
       </c>
       <c r="G94" s="92">
         <f t="shared" si="18"/>
         <v>9221</v>
       </c>
       <c r="H94" s="92">
         <f t="shared" si="18"/>
         <v>10241</v>
       </c>
       <c r="I94" s="92">
         <f t="shared" si="18"/>
         <v>121130</v>
       </c>
       <c r="J94" s="93">
         <f t="shared" si="18"/>
         <v>9895</v>
       </c>
       <c r="K94" s="81"/>
     </row>
     <row r="95" spans="1:11" ht="15" customHeight="1">
-      <c r="A95" s="103"/>
-      <c r="B95" s="100" t="s">
+      <c r="A95" s="113"/>
+      <c r="B95" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C95" s="61">
         <v>2022</v>
       </c>
       <c r="D95" s="62">
         <f>SUM(E95,F95:G95,H95:J95)</f>
         <v>158954</v>
       </c>
       <c r="E95" s="63">
         <v>12167</v>
       </c>
       <c r="F95" s="82">
         <v>2478</v>
       </c>
       <c r="G95" s="82">
         <v>9221</v>
       </c>
       <c r="H95" s="82">
         <v>10241</v>
       </c>
       <c r="I95" s="82">
         <v>114952</v>
       </c>
       <c r="J95" s="83">
         <v>9895</v>
       </c>
       <c r="K95" s="81"/>
     </row>
     <row r="96" spans="1:11">
-      <c r="A96" s="103"/>
-      <c r="B96" s="101"/>
+      <c r="A96" s="113"/>
+      <c r="B96" s="111"/>
       <c r="C96" s="64">
         <v>2021</v>
       </c>
       <c r="D96" s="65">
         <f>SUM(E96,F96:G96,H96:J96)</f>
         <v>4466</v>
       </c>
       <c r="E96" s="66"/>
       <c r="F96" s="84"/>
       <c r="G96" s="84"/>
       <c r="H96" s="84"/>
       <c r="I96" s="84">
         <v>4466</v>
       </c>
       <c r="J96" s="85"/>
       <c r="K96" s="81"/>
     </row>
     <row r="97" spans="1:11">
-      <c r="A97" s="103"/>
-      <c r="B97" s="101"/>
+      <c r="A97" s="113"/>
+      <c r="B97" s="111"/>
       <c r="C97" s="64">
         <v>2020</v>
       </c>
       <c r="D97" s="65">
         <f>SUM(E97,F97:G97,H97:J97)</f>
         <v>1113</v>
       </c>
       <c r="E97" s="66"/>
       <c r="F97" s="84"/>
       <c r="G97" s="84"/>
       <c r="H97" s="84"/>
       <c r="I97" s="84">
         <v>1113</v>
       </c>
       <c r="J97" s="85"/>
       <c r="K97" s="81"/>
     </row>
     <row r="98" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A98" s="104"/>
-      <c r="B98" s="108"/>
+      <c r="A98" s="114"/>
+      <c r="B98" s="115"/>
       <c r="C98" s="67">
         <v>2019</v>
       </c>
       <c r="D98" s="68">
         <f>SUM(E98,F98:G98,H98:J98)</f>
         <v>599</v>
       </c>
       <c r="E98" s="69"/>
       <c r="F98" s="86"/>
       <c r="G98" s="86"/>
       <c r="H98" s="86"/>
       <c r="I98" s="86">
         <v>599</v>
       </c>
       <c r="J98" s="87"/>
       <c r="K98" s="81"/>
     </row>
     <row r="99" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A99" s="102" t="s">
+      <c r="A99" s="112" t="s">
         <v>83</v>
       </c>
-      <c r="B99" s="98" t="s">
+      <c r="B99" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C99" s="99"/>
+      <c r="C99" s="109"/>
       <c r="D99" s="92">
         <f>SUM(E99:J99)</f>
         <v>165071</v>
       </c>
       <c r="E99" s="92">
         <f>SUM(E100:E103)</f>
         <v>11566</v>
       </c>
       <c r="F99" s="92">
         <f t="shared" ref="F99:J99" si="19">SUM(F100:F103)</f>
         <v>2259</v>
       </c>
       <c r="G99" s="92">
         <f t="shared" si="19"/>
         <v>9632</v>
       </c>
       <c r="H99" s="92">
         <f t="shared" si="19"/>
         <v>15556</v>
       </c>
       <c r="I99" s="92">
         <f t="shared" si="19"/>
         <v>113409</v>
       </c>
       <c r="J99" s="93">
         <f t="shared" si="19"/>
         <v>12649</v>
       </c>
       <c r="K99" s="81"/>
     </row>
     <row r="100" spans="1:11" ht="15" customHeight="1">
-      <c r="A100" s="103"/>
-      <c r="B100" s="100" t="s">
+      <c r="A100" s="113"/>
+      <c r="B100" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C100" s="70">
         <v>2022</v>
       </c>
       <c r="D100" s="62">
         <f>SUM(E100,F100:G100,H100:J100)</f>
         <v>157122</v>
       </c>
       <c r="E100" s="63">
         <v>11566</v>
       </c>
       <c r="F100" s="82">
         <v>2259</v>
       </c>
       <c r="G100" s="82">
         <v>9632</v>
       </c>
       <c r="H100" s="82">
         <v>15556</v>
       </c>
       <c r="I100" s="82">
         <v>105460</v>
       </c>
       <c r="J100" s="83">
         <v>12649</v>
       </c>
       <c r="K100" s="81"/>
     </row>
     <row r="101" spans="1:11">
-      <c r="A101" s="103"/>
-      <c r="B101" s="101"/>
+      <c r="A101" s="113"/>
+      <c r="B101" s="111"/>
       <c r="C101" s="71">
         <v>2021</v>
       </c>
       <c r="D101" s="65">
         <f>SUM(E101,F101:G101,H101:J101)</f>
         <v>6140</v>
       </c>
       <c r="E101" s="66"/>
       <c r="F101" s="84"/>
       <c r="G101" s="84"/>
       <c r="H101" s="84"/>
       <c r="I101" s="84">
         <v>6140</v>
       </c>
       <c r="J101" s="85"/>
       <c r="K101" s="81"/>
     </row>
     <row r="102" spans="1:11">
-      <c r="A102" s="103"/>
-      <c r="B102" s="101"/>
+      <c r="A102" s="113"/>
+      <c r="B102" s="111"/>
       <c r="C102" s="71">
         <v>2020</v>
       </c>
       <c r="D102" s="65">
         <f>SUM(E102,F102:G102,H102:J102)</f>
         <v>1193</v>
       </c>
       <c r="E102" s="66"/>
       <c r="F102" s="84"/>
       <c r="G102" s="84"/>
       <c r="H102" s="84"/>
       <c r="I102" s="84">
         <v>1193</v>
       </c>
       <c r="J102" s="85"/>
       <c r="K102" s="81"/>
     </row>
     <row r="103" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A103" s="104"/>
-      <c r="B103" s="108"/>
+      <c r="A103" s="114"/>
+      <c r="B103" s="115"/>
       <c r="C103" s="72">
         <v>2019</v>
       </c>
       <c r="D103" s="68">
         <f>SUM(E103,F103:G103,H103:J103)</f>
         <v>616</v>
       </c>
       <c r="E103" s="69"/>
       <c r="F103" s="86"/>
       <c r="G103" s="86"/>
       <c r="H103" s="86"/>
       <c r="I103" s="86">
         <v>616</v>
       </c>
       <c r="J103" s="87"/>
       <c r="K103" s="81"/>
     </row>
     <row r="104" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A104" s="102" t="s">
+      <c r="A104" s="112" t="s">
         <v>82</v>
       </c>
-      <c r="B104" s="98" t="s">
+      <c r="B104" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C104" s="99"/>
+      <c r="C104" s="109"/>
       <c r="D104" s="92">
         <f>SUM(E104:J104)</f>
         <v>222258</v>
       </c>
       <c r="E104" s="92">
         <f>SUM(E105:E108)</f>
         <v>16555</v>
       </c>
       <c r="F104" s="92">
         <f t="shared" ref="F104:J104" si="20">SUM(F105:F108)</f>
         <v>2542</v>
       </c>
       <c r="G104" s="92">
         <f t="shared" si="20"/>
         <v>15255</v>
       </c>
       <c r="H104" s="92">
         <f t="shared" si="20"/>
         <v>34817</v>
       </c>
       <c r="I104" s="92">
         <f t="shared" si="20"/>
         <v>124236</v>
       </c>
       <c r="J104" s="93">
         <f t="shared" si="20"/>
         <v>28853</v>
       </c>
       <c r="K104" s="81"/>
     </row>
     <row r="105" spans="1:11" ht="15" customHeight="1">
-      <c r="A105" s="103"/>
-      <c r="B105" s="100" t="s">
+      <c r="A105" s="113"/>
+      <c r="B105" s="110" t="s">
         <v>116</v>
       </c>
       <c r="C105" s="70">
         <v>2022</v>
       </c>
       <c r="D105" s="62">
         <f>SUM(E105,F105:G105,H105:J105)</f>
         <v>210865</v>
       </c>
       <c r="E105" s="63">
         <v>16555</v>
       </c>
       <c r="F105" s="82">
         <v>2542</v>
       </c>
       <c r="G105" s="82">
         <v>15255</v>
       </c>
       <c r="H105" s="82">
         <v>34817</v>
       </c>
       <c r="I105" s="82">
         <v>112843</v>
       </c>
       <c r="J105" s="83">
         <v>28853</v>
       </c>
       <c r="K105" s="81"/>
     </row>
     <row r="106" spans="1:11">
-      <c r="A106" s="103"/>
-      <c r="B106" s="101"/>
+      <c r="A106" s="113"/>
+      <c r="B106" s="111"/>
       <c r="C106" s="71">
         <v>2021</v>
       </c>
       <c r="D106" s="65">
         <f>SUM(E106,F106:G106,H106:J106)</f>
         <v>9448</v>
       </c>
       <c r="E106" s="66"/>
       <c r="F106" s="84"/>
       <c r="G106" s="84"/>
       <c r="H106" s="84"/>
       <c r="I106" s="84">
         <v>9448</v>
       </c>
       <c r="J106" s="85"/>
       <c r="K106" s="81"/>
     </row>
     <row r="107" spans="1:11">
-      <c r="A107" s="103"/>
-      <c r="B107" s="101"/>
+      <c r="A107" s="113"/>
+      <c r="B107" s="111"/>
       <c r="C107" s="71">
         <v>2020</v>
       </c>
       <c r="D107" s="65">
         <f>SUM(E107,F107:G107,H107:J107)</f>
         <v>1287</v>
       </c>
       <c r="E107" s="66"/>
       <c r="F107" s="84"/>
       <c r="G107" s="84"/>
       <c r="H107" s="84"/>
       <c r="I107" s="84">
         <v>1287</v>
       </c>
       <c r="J107" s="85"/>
       <c r="K107" s="81"/>
     </row>
     <row r="108" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A108" s="104"/>
-      <c r="B108" s="108"/>
+      <c r="A108" s="114"/>
+      <c r="B108" s="115"/>
       <c r="C108" s="72">
         <v>2019</v>
       </c>
       <c r="D108" s="68">
         <f>SUM(E108,F108:G108,H108:J108)</f>
         <v>658</v>
       </c>
       <c r="E108" s="69"/>
       <c r="F108" s="86"/>
       <c r="G108" s="86"/>
       <c r="H108" s="86"/>
       <c r="I108" s="86">
         <v>658</v>
       </c>
       <c r="J108" s="87"/>
       <c r="K108" s="81"/>
     </row>
     <row r="109" spans="1:11" ht="15.75" customHeight="1">
-      <c r="A109" s="102" t="s">
+      <c r="A109" s="112" t="s">
         <v>81</v>
       </c>
-      <c r="B109" s="98" t="s">
+      <c r="B109" s="108" t="s">
         <v>86</v>
       </c>
-      <c r="C109" s="99"/>
+      <c r="C109" s="109"/>
       <c r="D109" s="92">
         <f>SUM(E109:J109)</f>
         <v>188661</v>
       </c>
       <c r="E109" s="92">
         <f>SUM(E110:E112)</f>
         <v>17667</v>
       </c>
       <c r="F109" s="92">
         <f t="shared" ref="F109:J109" si="21">SUM(F110:F112)</f>
         <v>4164</v>
       </c>
       <c r="G109" s="92">
         <f t="shared" si="21"/>
         <v>10088</v>
       </c>
       <c r="H109" s="92">
         <f t="shared" si="21"/>
         <v>12874</v>
       </c>
       <c r="I109" s="92">
         <f t="shared" si="21"/>
         <v>125195</v>
       </c>
       <c r="J109" s="93">
         <f t="shared" si="21"/>
         <v>18673</v>
       </c>
       <c r="K109" s="81"/>
     </row>
     <row r="110" spans="1:11" ht="15" customHeight="1">
-      <c r="A110" s="103"/>
-      <c r="B110" s="105" t="s">
+      <c r="A110" s="113"/>
+      <c r="B110" s="117" t="s">
         <v>116</v>
       </c>
       <c r="C110" s="70">
         <v>2021</v>
       </c>
       <c r="D110" s="94">
         <f>SUM(E110,F110:G110,H110:J110)</f>
         <v>186455</v>
       </c>
       <c r="E110" s="82">
         <v>17667</v>
       </c>
       <c r="F110" s="82">
         <v>4164</v>
       </c>
       <c r="G110" s="82">
         <v>10088</v>
       </c>
       <c r="H110" s="82">
         <v>12874</v>
       </c>
       <c r="I110" s="82">
         <v>122989</v>
       </c>
       <c r="J110" s="83">
         <v>18673</v>
       </c>
       <c r="K110" s="81"/>
     </row>
     <row r="111" spans="1:11">
-      <c r="A111" s="103"/>
-      <c r="B111" s="106"/>
+      <c r="A111" s="113"/>
+      <c r="B111" s="118"/>
       <c r="C111" s="71">
         <v>2020</v>
       </c>
       <c r="D111" s="73">
         <f>SUM(E111,F111:G111,H111:J111)</f>
         <v>1500</v>
       </c>
       <c r="E111" s="84"/>
       <c r="F111" s="84"/>
       <c r="G111" s="84"/>
       <c r="H111" s="84"/>
       <c r="I111" s="84">
         <v>1500</v>
       </c>
       <c r="J111" s="85"/>
       <c r="K111" s="81"/>
     </row>
     <row r="112" spans="1:11" ht="15.75" thickBot="1">
-      <c r="A112" s="104"/>
-      <c r="B112" s="107"/>
+      <c r="A112" s="114"/>
+      <c r="B112" s="119"/>
       <c r="C112" s="74">
         <v>2019</v>
       </c>
       <c r="D112" s="75">
         <f>SUM(E112,F112:G112,H112:J112)</f>
         <v>706</v>
       </c>
       <c r="E112" s="88"/>
       <c r="F112" s="88"/>
       <c r="G112" s="88"/>
       <c r="H112" s="88"/>
       <c r="I112" s="88">
         <v>706</v>
       </c>
       <c r="J112" s="89"/>
       <c r="K112" s="81"/>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="81"/>
       <c r="B113" s="81"/>
       <c r="C113" s="81"/>
       <c r="D113" s="81"/>
       <c r="E113" s="90"/>
       <c r="F113" s="81"/>
       <c r="G113" s="81"/>
       <c r="H113" s="81"/>
       <c r="I113" s="81"/>
       <c r="J113" s="81"/>
       <c r="K113" s="81"/>
     </row>
   </sheetData>
   <mergeCells count="55">
-    <mergeCell ref="A1:J1"/>
-[...37 lines deleted...]
-    <mergeCell ref="B84:B88"/>
     <mergeCell ref="A13:A20"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B14:B20"/>
     <mergeCell ref="A109:A112"/>
     <mergeCell ref="B109:C109"/>
     <mergeCell ref="B110:B112"/>
     <mergeCell ref="A99:A103"/>
     <mergeCell ref="B99:C99"/>
     <mergeCell ref="B100:B103"/>
     <mergeCell ref="A104:A108"/>
     <mergeCell ref="B104:C104"/>
     <mergeCell ref="B105:B108"/>
     <mergeCell ref="A89:A93"/>
     <mergeCell ref="B89:C89"/>
     <mergeCell ref="B90:B93"/>
     <mergeCell ref="A94:A98"/>
+    <mergeCell ref="B94:C94"/>
+    <mergeCell ref="B95:B98"/>
+    <mergeCell ref="A77:A82"/>
+    <mergeCell ref="B77:C77"/>
+    <mergeCell ref="B78:B82"/>
+    <mergeCell ref="A83:A88"/>
+    <mergeCell ref="B83:C83"/>
+    <mergeCell ref="B84:B88"/>
+    <mergeCell ref="A65:A70"/>
+    <mergeCell ref="B65:C65"/>
+    <mergeCell ref="B66:B70"/>
+    <mergeCell ref="A71:A76"/>
+    <mergeCell ref="B71:C71"/>
+    <mergeCell ref="B72:B76"/>
+    <mergeCell ref="A51:A57"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="B52:B57"/>
+    <mergeCell ref="A58:A64"/>
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="B59:B64"/>
+    <mergeCell ref="A37:A43"/>
+    <mergeCell ref="B37:C37"/>
+    <mergeCell ref="B38:B43"/>
+    <mergeCell ref="A44:A50"/>
+    <mergeCell ref="B44:C44"/>
+    <mergeCell ref="B45:B50"/>
+    <mergeCell ref="A21:A28"/>
+    <mergeCell ref="B21:C21"/>
+    <mergeCell ref="B22:B28"/>
+    <mergeCell ref="A29:A36"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="B30:B36"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A3:C4"/>
+    <mergeCell ref="D3:D4"/>
+    <mergeCell ref="E3:J3"/>
+    <mergeCell ref="A5:A12"/>
+    <mergeCell ref="B5:C5"/>
+    <mergeCell ref="B6:B12"/>
   </mergeCells>
   <pageMargins left="0" right="0" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="52" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="92" fitToHeight="7" orientation="portrait" r:id="rId1"/>
+  <rowBreaks count="2" manualBreakCount="2">
+    <brk id="43" max="10" man="1"/>
+    <brk id="93" max="10" man="1"/>
+  </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Q116"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="3" topLeftCell="B4" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
       <selection pane="bottomRight" activeCell="N8" sqref="N8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="45.7109375" style="25" customWidth="1"/>
     <col min="2" max="14" width="10.140625" style="25" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="3.7109375" style="25" customWidth="1"/>
     <col min="16" max="17" width="0" style="26" hidden="1" customWidth="1"/>
     <col min="18" max="16384" width="9.140625" style="26" hidden="1"/>
   </cols>
@@ -11847,57 +11849,64 @@
         <f t="shared" si="5"/>
         <v>14.589616666666672</v>
       </c>
       <c r="H83" s="1">
         <f t="shared" si="5"/>
         <v>-3.6860716666666633</v>
       </c>
       <c r="I83" s="1">
         <f t="shared" si="5"/>
         <v>5451.6230166666674</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="1" gridLinesSet="0"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Аркуші</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Іменовані діапазони</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="3" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Борг за періодами</vt:lpstr>
       <vt:lpstr>Борг</vt:lpstr>
       <vt:lpstr>БДДС 01-12</vt:lpstr>
+      <vt:lpstr>'Борг за періодами'!Область_друку</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Дмитрий Клименко</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>